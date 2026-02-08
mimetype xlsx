--- v0 (2025-12-18)
+++ v1 (2026-02-08)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="441">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -188,107 +188,122 @@
   <si>
     <t>AV. ENRRIQUE PELCH NRO. S/N OTR.  CERCADO  (HOSPITAL SANTA TERESA) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>ASOCIACION MADRE CORAJE</t>
   </si>
   <si>
     <t>CAL.JOSE MANUEL UBALDE NRO. 265 DPTO. 2C URB.  LOS PRECURSORES  (ALTURA PARADERO CRUCETA) - SANTIAGO DE SURCO - LIMA - LIMA</t>
   </si>
   <si>
     <t>ASOCIACION PERUANA DE LA IGLESIA DE JESUCRISTO DE LOS SANTOS DE LOS ULTIMOS DIAS</t>
   </si>
   <si>
     <t>CAL.EL GRIFO NRO. 151 URB.  CAMPO VERDE - LA MOLINA - LIMA - LIMA</t>
   </si>
   <si>
     <t>ASPERSUD</t>
   </si>
   <si>
     <t>00000000</t>
   </si>
   <si>
     <t>AYDE  PACHECO MAYTA</t>
   </si>
   <si>
+    <t>AYTE YADIRA VIZCARRA QUINTANA</t>
+  </si>
+  <si>
     <t>BADIM  ZEA PALOMINO</t>
   </si>
   <si>
     <t>BAVUTTI BRAVO IVAN ENRIQUE</t>
   </si>
   <si>
     <t>BEATRIZ MELANI MUÃOZ BAZAN</t>
   </si>
   <si>
     <t>BELIZARIO  TAYPE MERINO</t>
   </si>
   <si>
     <t>BENEDICTA  BARDALAMA GUILLEN</t>
   </si>
   <si>
     <t>BENITO  SAUÃE CRUZ</t>
   </si>
   <si>
     <t>BENJAMIN  ALVITES NUÃEZ</t>
   </si>
   <si>
+    <t>BERTHA  GAMARRA CHIRINOS</t>
+  </si>
+  <si>
     <t>BETTY  CHALQUE MENDOZA</t>
   </si>
   <si>
+    <t>BLANCA  ZEA PEREZ</t>
+  </si>
+  <si>
+    <t>08877065</t>
+  </si>
+  <si>
     <t>BLANCA AZUCENA CAMACHO VARGAS</t>
   </si>
   <si>
     <t>BRAND MICHELL SANCHEZ VALVERDE</t>
   </si>
   <si>
     <t>BRAULIO  HUACHACA FERRO</t>
   </si>
   <si>
     <t>BRHANDON  AQUINO AYMARA</t>
   </si>
   <si>
     <t>CANDY MAGALY CCOSCCO HUARACA</t>
   </si>
   <si>
     <t>CARLOS  VARGAS SUCASAIRE</t>
   </si>
   <si>
     <t>CARMEN  HUAMAN CAYLLAHUA</t>
   </si>
   <si>
     <t>CARMEN EVELYN HUAMANI MAYHUIRE</t>
   </si>
   <si>
     <t>CARMEN FIORELA CHUQUIHUANCA CONDORI</t>
   </si>
   <si>
     <t>CARMEN ROSA QUISPE KHUNO</t>
   </si>
   <si>
     <t>CARMEN ROSA TORRES ROJAS</t>
   </si>
   <si>
+    <t>CASTAÃEDA ALATA ABELARDO</t>
+  </si>
+  <si>
     <t>CCASA ZANABRIA LUNAR</t>
   </si>
   <si>
     <t>CHARO  VENTURA GOMEZ</t>
   </si>
   <si>
     <t>CHINA RAILWAY TUNNEL GROUP CO., LTD SUCURSAL DEL PERU</t>
   </si>
   <si>
     <t>CAL.MANUEL GONZALES OLAECHEA NRO. 259 URB.  LIMATAMBO - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CLEDY  VERA RODRIGUEZ</t>
   </si>
   <si>
     <t>CLEOFE NAYELY CHAPARRO GOMEZ</t>
   </si>
   <si>
     <t>CLINICA SEJURO E.I.R.L.</t>
   </si>
   <si>
     <t>AV. ANDRES AVELINO CACERES NRO. 392 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COMPANY E&amp;H CONTRERAS SOCIEDAD ANONIMA CERRADA</t>
@@ -308,206 +323,236 @@
   <si>
     <t>AV. ANDRES AVELINO CACERES LOTE. 02 INT. P.01 OTR.  ZONA 1 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COOPERATIVA DE AHORRO Y CREDITO SANTO DOMINGO DE GUZMAN DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. SOL NRO. 415 CASCO MONUMENTAL - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>CORTE SUPERIOR DE JUSTICIA DE APURIMAC</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 100 (LOCAL DE PODER JUDICIAL) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CRISTHIAN IRVING DUEÃAS BUSTINZA</t>
   </si>
   <si>
     <t>DAELA MARIAN LOPEZ BAUTISTA</t>
   </si>
   <si>
     <t>DALMIRO  CONTRERAS CASTAÃEDA</t>
   </si>
   <si>
-    <t>DANIELA SANTOS VARGAS</t>
+    <t>DANIELA  SANTOS VARGAS</t>
+  </si>
+  <si>
+    <t>DAVID  HUAMANTICA OCHOA</t>
   </si>
   <si>
     <t>DAYANNE LIZ VILLEGAS URRUTIA</t>
   </si>
   <si>
     <t>DE LA CRUZ CONDORI MANUEL MATEO</t>
   </si>
   <si>
     <t>DELFINA  TAMBRAICO HUARCAYA</t>
   </si>
   <si>
     <t>DELIA  MONZON ARIAS</t>
   </si>
   <si>
     <t>DELIA HERMELINDA FLORES VALENZUELA</t>
   </si>
   <si>
     <t>DELIA NORMA ESPINOZA PACHECO</t>
   </si>
   <si>
     <t>DINA  CORTEZ CHIPANE</t>
   </si>
   <si>
     <t>DINA  HERRERA FALCON</t>
   </si>
   <si>
     <t>DIRECCION  REGIONAL DE TRANSPORTES Y COMUNICACIONES  DE APURIMAC</t>
   </si>
   <si>
+    <t>DORA  DAMIAN HUAMANÃAHUI</t>
+  </si>
+  <si>
     <t>DORIS AGUSTINA PERALTA SANTA CRUZ</t>
   </si>
   <si>
     <t>DULCE FLOR TOMAYLLA HUAMANI</t>
   </si>
   <si>
+    <t>EBELIN  FERRO ARTIAGA</t>
+  </si>
+  <si>
     <t>ECOANDEAN S.A.C.</t>
   </si>
   <si>
     <t>AV. JUAN VELAZCO ALVARADO MZA. L2 LOTE. 54 URB.  15 DE ENERO - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
+    <t>EDGAR  ATAO CARDENAS</t>
+  </si>
+  <si>
     <t>EDGAR  MARTINEZ SIERRA</t>
   </si>
   <si>
     <t>EDILBERTA  ROJAS RAMIREZ</t>
   </si>
   <si>
     <t>EDILBERTO RUBEN FERNANDEZ CUYA</t>
   </si>
   <si>
     <t>EDISON  DUEÃAS HINOJOSA</t>
   </si>
   <si>
     <t>EDITH  LLERENA ARROYO</t>
   </si>
   <si>
     <t>EDITH  ROJAS ROMERO</t>
   </si>
   <si>
     <t>EDITH NILDA DIAZ MEJIA</t>
   </si>
   <si>
     <t>EFRAIN  VELAZQUE PALOMINO</t>
   </si>
   <si>
     <t>ELENA  AGUILAR AYMARA</t>
   </si>
   <si>
     <t>ELENA  COSIO AYALA</t>
   </si>
   <si>
+    <t>ELGUER  HUAMAN SULLA</t>
+  </si>
+  <si>
     <t>ELIZABET  CAYLLAHUA FLORES</t>
   </si>
   <si>
     <t>EMERSON  CHIPANI HUASCAR</t>
   </si>
   <si>
     <t>EMILY ALYSSA PACO APAZA</t>
   </si>
   <si>
     <t>ERIK  CAYO NUÃEZ</t>
   </si>
   <si>
     <t>06669704</t>
   </si>
   <si>
     <t>ERIKA  GARCIA CARRASCO</t>
   </si>
   <si>
     <t>ERNESTO  SAAVEDRA HUAMAN</t>
   </si>
   <si>
     <t>ESMERALDA  ELGUERA CUEVA</t>
   </si>
   <si>
     <t>ESTEFANIA  BRAVO QUISPE</t>
   </si>
   <si>
     <t>ESTEFANIA  PAREJA BERROCAL</t>
   </si>
   <si>
     <t>EUGENIA  INCA ANTEZANA</t>
   </si>
   <si>
     <t>EUGENIA  VELAZQUE JARA</t>
   </si>
   <si>
+    <t>EVELYN  CCAHUANA HERRERA</t>
+  </si>
+  <si>
     <t>EVER  GONZALES VARGAS</t>
   </si>
   <si>
     <t>EZEQUIEL DAVID  TAPIA TAPIA</t>
   </si>
   <si>
     <t>FABRIZZIO GINO CARDENAS OCHOA</t>
   </si>
   <si>
     <t>FANISA CLAUDIA ROJAS ANCCO</t>
   </si>
   <si>
     <t>FANNY  ARTEAGA HUAMAN</t>
   </si>
   <si>
     <t>FEDALINA  HURTADO OSCCO</t>
   </si>
   <si>
+    <t>FELICITAS  AGUILAR VALENZUELA</t>
+  </si>
+  <si>
+    <t>09681451</t>
+  </si>
+  <si>
     <t>FELICITAS  CHIRINOS OCHOA</t>
   </si>
   <si>
     <t>FIORELA MAGALI YUCRA TAPIA</t>
   </si>
   <si>
+    <t>FIORELA YISSENIA MONZON SANCHEZ</t>
+  </si>
+  <si>
     <t>FLOR DE LIZ BEDIA CRUZ</t>
   </si>
   <si>
     <t>FLORA  FLORES CHECCLLO</t>
   </si>
   <si>
     <t>FLORENTINO  NUÃEZ CAMARGO</t>
   </si>
   <si>
     <t>FREDY  GONZALES ALVAREZ</t>
   </si>
   <si>
     <t>FREDY  PALOMINO SOTO</t>
   </si>
   <si>
     <t>FREDY RONALD CCAYHUARI CHIPA</t>
   </si>
   <si>
     <t>GARY FRESNET VEGA CABRERA</t>
   </si>
   <si>
     <t>GENOVEVA  CCOLCCA DAMIAN</t>
   </si>
   <si>
+    <t>GEORDY  SEGURA SEVILLANOS</t>
+  </si>
+  <si>
     <t>GERVACIO  ZAMBRANO AMAO</t>
   </si>
   <si>
     <t>GIAN FRANCO ACRA PORTILLA</t>
   </si>
   <si>
     <t>GIANELLA PAOLA GONZALES CERVANTES</t>
   </si>
   <si>
     <t>GLADIZ  ALATA CONTRERAS</t>
   </si>
   <si>
     <t>GLADYS  VILLEGAS MONZON</t>
   </si>
   <si>
     <t>GRACIELA  TELLO CASTRO</t>
   </si>
   <si>
     <t>GREGORIA  SALAS TTITO</t>
   </si>
   <si>
     <t>GRUPO CLINICA E IMAGEN SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>AV. MARISCAL ANDRES AVELINO CACERES NRO. 106 URB.  EL ARENAL - SAN JUAN DE MIRAFLORES - LIMA - LIMA</t>
@@ -614,302 +659,341 @@
   <si>
     <t>JAVIER  LLACSA SOCANTAIPE</t>
   </si>
   <si>
     <t>JESUS  ENCISO HURTADO</t>
   </si>
   <si>
     <t>JESUS MANUEL LOPEZ ALTAMIZA</t>
   </si>
   <si>
     <t>JESUSA  PALOMINO DE ALARCON</t>
   </si>
   <si>
     <t>JHON MISTER MANDURTUPA ARQQUE</t>
   </si>
   <si>
     <t>JHON WANDILO QUISPE SALAS</t>
   </si>
   <si>
     <t>JOEL LEON ALEGRIA LEON</t>
   </si>
   <si>
     <t>JOHANN WALTER HUILLCA ARAMBURU</t>
   </si>
   <si>
+    <t>JOHN ROBERT PEÃA BATALLANOS</t>
+  </si>
+  <si>
     <t>JORDY MAXWILL MIRANDA SALAS</t>
   </si>
   <si>
     <t>JORGE ARMANDO OLIVARES CALLER</t>
   </si>
   <si>
+    <t>JORGE LUIS JARA HERRERA</t>
+  </si>
+  <si>
     <t>JORGE SAMUEL CRUZ ZAVALA</t>
   </si>
   <si>
     <t>JORGE SANTIAGO GONZALES CERRO</t>
   </si>
   <si>
     <t>JOSE CARLOS PEREIRA ALAGON</t>
   </si>
   <si>
     <t>JOSE LUIS MORIANO GASPAR</t>
   </si>
   <si>
+    <t>JOSE LUIS RIMASCCA HUAYLLA</t>
+  </si>
+  <si>
     <t>JOSE MIGUEL VILCAS RAMOS</t>
   </si>
   <si>
     <t>JOSE RAUL MUÃOZ NAVARRO</t>
   </si>
   <si>
     <t>JUAN  DAMIAN VALDERRAMA</t>
   </si>
   <si>
     <t>JUAN  GAMARRA PANIAGUA</t>
   </si>
   <si>
     <t>AV. PACHACUTEC S/N</t>
   </si>
   <si>
     <t>JUAN CARLOS MANSILLA ARANIBAR</t>
   </si>
   <si>
     <t>JUAN JOSE FERNANDEZ CURI</t>
   </si>
   <si>
     <t>JUAN JOSE HUAMAN INCA</t>
   </si>
   <si>
+    <t>JUANA BERTHA ANTEZANA PAREJA</t>
+  </si>
+  <si>
     <t>JUANA ROSARIO CAMACHO HUAMAN</t>
   </si>
   <si>
     <t>JULIA PRUDENCIA VARGAS SERRANO</t>
   </si>
   <si>
     <t>JULIETA  BORDA QUILLAHUAMAN</t>
   </si>
   <si>
+    <t>JULIO  HUARANCCA CARBAJAL</t>
+  </si>
+  <si>
     <t>JULIO CESAR CORRALES DURAND</t>
   </si>
   <si>
     <t>JULIO CESAR HUACHACA OROSCO</t>
   </si>
   <si>
     <t>JUVER HUGO QUISPE MALDONADO</t>
   </si>
   <si>
     <t>KATERIN KELY ORTIZ ARTEAGA</t>
   </si>
   <si>
     <t>KATHERINE GISSELA RODRIGUEZ CONTRERAS</t>
   </si>
   <si>
     <t>KATHIA ZULEIDI FERREL LEON</t>
   </si>
   <si>
     <t>KATIA MARLENNE TRUJILLO PERALTA</t>
   </si>
   <si>
     <t>07034679</t>
   </si>
   <si>
+    <t>KATIUSKA EMELY CRUZ ROJAS</t>
+  </si>
+  <si>
     <t>KELY  CCOÃISLLA TAYPE</t>
   </si>
   <si>
     <t>KELY JANIA BORDA OSCCO</t>
   </si>
   <si>
     <t>KENY  ALCCA TOMAYLLA</t>
   </si>
   <si>
     <t>LADY LIZ MELENDEZ ORTIZ</t>
   </si>
   <si>
     <t>LENIN  FERNANDEZ GOMEZ</t>
   </si>
   <si>
     <t>LIANETH E.I.R.L</t>
   </si>
   <si>
     <t>JR. NICOLAS DE PIEROLA MZA. A LOTE. 5 URB.  JOSE MARIA ARGUEDAS - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>LIDIA  VALLE PUGA</t>
   </si>
   <si>
+    <t>LISETH  TEVES VARGAS</t>
+  </si>
+  <si>
     <t>LIZ LOURDES HUAYHUA ARCIGA</t>
   </si>
   <si>
     <t>LIZ MARLENY NAVEDA TORRES</t>
   </si>
   <si>
     <t>LIZ MAYTEY MENA ESPINOZA</t>
   </si>
   <si>
     <t>LIZBETH LILIANA VILLA RETAMOZO</t>
   </si>
   <si>
     <t>LIZBETH ROCIO GAYOSO RUBIN</t>
   </si>
   <si>
     <t>LIZETH  CHAVEZ HUAMANI</t>
   </si>
   <si>
     <t>LORENZA  CAYLLAHUA ALCCA</t>
   </si>
   <si>
     <t>LOURDES  PEREZ NIETO</t>
   </si>
   <si>
     <t>LUCY  CAHUANA INCA</t>
   </si>
   <si>
     <t>LUCY  JURO TORRES</t>
   </si>
   <si>
     <t>LUCY LUZMILA ALVAREZ DE LOPEZ</t>
   </si>
   <si>
     <t>LUIS  FLORES ORTEGA</t>
   </si>
   <si>
+    <t>LUIS ALBERTO ESPINOZA GUTIERREZ</t>
+  </si>
+  <si>
     <t>LUIS ALBERTO SHADIR AEDO HUAMANI</t>
   </si>
   <si>
     <t>LUIS MIGUEL CALLE FALCON</t>
   </si>
   <si>
     <t>LUISA  TUIRO CERVANTES</t>
   </si>
   <si>
     <t>LUNA ROMERO PAULINA</t>
   </si>
   <si>
+    <t>LUZ ABIGAIL PEREZ HUAÃA</t>
+  </si>
+  <si>
     <t>LUZ CARDA ALTAMIRANO CARIBE</t>
   </si>
   <si>
     <t>LUZ CLARITA SORIA GONZALES</t>
   </si>
   <si>
     <t>LUZ MICAELA SANTOS SANCHEZ</t>
   </si>
   <si>
     <t>MABEL  PIEDRA CABELLOS</t>
   </si>
   <si>
     <t>MAGDELY  MEDRANO JIMENEZ</t>
   </si>
   <si>
     <t>MANUEL RONALDO CAMERO CRUZ</t>
   </si>
   <si>
     <t>MANUFACTURAS SAN ISIDRO S.A.C.</t>
   </si>
   <si>
     <t>JR. AZANGARO NRO. 246 - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>MARCA URPE SANTOS GREGORIO</t>
   </si>
   <si>
+    <t>MARCELINA  ORTIZ LIPA</t>
+  </si>
+  <si>
     <t>MARCELINA  ZAMORA ORTIZ</t>
   </si>
   <si>
     <t>MARCIAL  TORRES CHUMPISUCA</t>
   </si>
   <si>
     <t>MARCO ANTONIO AMARU AYMARA</t>
   </si>
   <si>
     <t>MARCO AURELIO CANO ALVAREZ</t>
   </si>
   <si>
     <t>MARCOSA  QUISPE SAUÃE</t>
   </si>
   <si>
+    <t>MARIA  VARGAS ESPINOZA</t>
+  </si>
+  <si>
     <t>MARIA DE LOS ANGELES HUAMAN DURAND</t>
   </si>
   <si>
     <t>MARIA ESTHER TRUJILLO PINTO</t>
   </si>
   <si>
     <t>MARIA JESUS ALARCON PALOMINO</t>
   </si>
   <si>
     <t>FONAVI C 16</t>
   </si>
   <si>
     <t>MARIBEL  ACUÃA BUSTAMANTE</t>
   </si>
   <si>
     <t>MARIBEL  OROSCO CARDENAS</t>
   </si>
   <si>
     <t>MARIELLA  TTITO TAIPE</t>
   </si>
   <si>
     <t>MARILUZ  PEREZ CARPIO</t>
   </si>
   <si>
     <t>MARINA  MALDONADO MENDOZA</t>
   </si>
   <si>
     <t>MARISOL  FALCON SAAVEDRA</t>
   </si>
   <si>
     <t>MARISOL  MARTINEZ HUAMANI</t>
   </si>
   <si>
     <t>MARITSA  MEZA BORDA</t>
   </si>
   <si>
     <t>MARITZA  SOTO MIRANDA</t>
   </si>
   <si>
     <t>MARIZELA  QUISPE PUMA</t>
   </si>
   <si>
     <t>MARIZOL  MOLINA MUÃOZ</t>
   </si>
   <si>
+    <t>MARK RUI MERMA MENA</t>
+  </si>
+  <si>
     <t>MARUJA  MARTINEZ DURAN</t>
   </si>
   <si>
     <t>MARUJA CAROLINA CARBAJAL CONTRERAS</t>
   </si>
   <si>
     <t>MARY LUZ MARQUEZ HUAMANÃAHUI</t>
   </si>
   <si>
     <t>MARY LUZ ÃAHUINLLA ENCISO</t>
   </si>
   <si>
     <t>MAXIMILIANA  FLORES LLACCTAS</t>
   </si>
   <si>
     <t>MAYELI  MONTES LOPEZ</t>
   </si>
   <si>
+    <t>MEILYN  GARCIA FERRO</t>
+  </si>
+  <si>
     <t>MELITON  FERNANDEZ JIMENEZ</t>
   </si>
   <si>
     <t>MENDIX  MENDIVIL CAMERO</t>
   </si>
   <si>
     <t>MIGUEL GERARDO MENDOZA VARGAS</t>
   </si>
   <si>
     <t>09672411</t>
   </si>
   <si>
     <t>MIRIAM LIZETH DAVILA MACUYAMA</t>
   </si>
   <si>
     <t>MIRIAM MAGALY BARRIONUEVO QUIROGA</t>
   </si>
   <si>
     <t>MIRTHA GLADIS HUARACA HUAMANI</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE ABANCAY</t>
   </si>
   <si>
     <t>JR. LIMA NRO. 204 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
@@ -986,53 +1070,59 @@
   <si>
     <t>ORTHODENTIS PERU S.A.C.</t>
   </si>
   <si>
     <t>JR. RAMON CASTILLA NRO. 210 (2CASAS DE DAVID SAMANEZ 2DO PISO) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>ORTIZ LLAMCCAYA HITLER</t>
   </si>
   <si>
     <t>ORTOMEDIC A &amp; R S.R.L.</t>
   </si>
   <si>
     <t>JR. RUFINO TORRICO NRO. 559 INT. 305 CERCADO DE LIMA - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>PALOMINO DE FALCON ODILIA</t>
   </si>
   <si>
     <t>PAREDES CATALAN YOLANDA CANDY</t>
   </si>
   <si>
     <t>PAUL ESAU CERECEDA RUIZ</t>
   </si>
   <si>
+    <t>PEDRO  LOPEZ NUÃEZ</t>
+  </si>
+  <si>
     <t>PEDRO CESAR GUERRA AUCCAPUMA</t>
   </si>
   <si>
+    <t>PELAYO  TERRAZAS TRILLO</t>
+  </si>
+  <si>
     <t>PLACIDO  TRUYENQUE HURTADO</t>
   </si>
   <si>
     <t>PORFIRIO  CAMARGO PABLO</t>
   </si>
   <si>
     <t>PRISCA OFELIA ASCUE IBAÃEZ</t>
   </si>
   <si>
     <t>PROFESSIONAL SERVICE SUPPORT S.A.C.</t>
   </si>
   <si>
     <t>AV. ANGAMOS OESTE NRO. 1569 INT. 202 - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUMA LOPINTA EMERSON</t>
   </si>
   <si>
     <t>RAMIREZ CARDENAS ALICIA</t>
   </si>
   <si>
     <t>RAUL  TRUJILLO CASTRO</t>
   </si>
   <si>
     <t>RAYDA FRANCISCA MENDOZA SANCHEZ</t>
@@ -1055,71 +1145,77 @@
   <si>
     <t>RICHARDS VIAGUIS ROMAN TINTAYA</t>
   </si>
   <si>
     <t>RIMAC S.A. ENTIDAD PRESTADORA DE SALUD</t>
   </si>
   <si>
     <t>CAL.EL PARQUE NRO. 149 URB.  JARDIN  (PISO 2) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>ROBERT  CAHUANA TOTOCAYO</t>
   </si>
   <si>
     <t>ROBERTO  FLORES CHIPANA</t>
   </si>
   <si>
     <t>RODOLFO  ROBLES PEREZ</t>
   </si>
   <si>
     <t>RODRIGUEZ VIVANCO ABEL</t>
   </si>
   <si>
     <t>ROGER  BARRIAL GUTIERREZ</t>
   </si>
   <si>
+    <t>ROIZER CARLOS ASCUE GUTIERREZ</t>
+  </si>
+  <si>
     <t>RONALD  ATAHUI RAMOS</t>
   </si>
   <si>
     <t>RONALD  ORTEGA UNTIBEROS</t>
   </si>
   <si>
     <t>RONY  QUISPE CUETO</t>
   </si>
   <si>
     <t>ROSA  FLORES QUIRQUIHUAÃA</t>
   </si>
   <si>
     <t>ROSA  QUISPE SALDIVAR</t>
   </si>
   <si>
     <t>ROSA CALLOZA DE QUISPE</t>
   </si>
   <si>
     <t>LIMA PARA BAJA</t>
   </si>
   <si>
+    <t>ROSA CORSINA CCASA QUISPE</t>
+  </si>
+  <si>
     <t>ROSA EVANGELINA SANCHEZ ESPINOZA</t>
   </si>
   <si>
     <t>ROSA JESUS BRAVO ARANDO</t>
   </si>
   <si>
     <t>ROSA LUZ CHICLLA MARQUEZ</t>
   </si>
   <si>
     <t>ROSALI SABINA CASTRO FALCON</t>
   </si>
   <si>
     <t>ROSANGELA  BARRETO PALOMINO</t>
   </si>
   <si>
     <t>ROSMERY  MORCCOLLA PICHIHUA</t>
   </si>
   <si>
     <t>ROSMERY  ROMAN CAMARGO</t>
   </si>
   <si>
     <t>07503493</t>
   </si>
   <si>
     <t>ROSMERY  VIVANCO ANAMPA</t>
@@ -1148,50 +1244,59 @@
   <si>
     <t>SAN GELATO HELADOS ARTESANALES E.I.R.L</t>
   </si>
   <si>
     <t>JR. APURIMAC NRO. 505 URB.  PUEBLO LIBRE - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SANCHEZ AGUILAR CAMILO</t>
   </si>
   <si>
     <t>SANTOS  CARTAGENA ARIAS</t>
   </si>
   <si>
     <t>SATURNINO JAVIER PALMA ROMAN</t>
   </si>
   <si>
     <t>SAUL  PUGA TELLO</t>
   </si>
   <si>
     <t>SAYDA  GONZALES GOMEZ</t>
   </si>
   <si>
     <t>SEBASTIAN  MOSCOSO VARGAS</t>
   </si>
   <si>
+    <t>SEGUNDO PORFIRIO MEJIA VEGA</t>
+  </si>
+  <si>
+    <t>SERVICE A&amp;D GUILLEN'S EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
+  </si>
+  <si>
+    <t>PRO.AV PERU MZA. E LOTE. 02 URB.  SANTA SEBASTIANA  (C3P MAT NOBL FRNT ARBOL PISONAY FONAVI) - ABANCAY - ABANCAY - APURIMAC</t>
+  </si>
+  <si>
     <t>SERVICENTRO SAN JOSE E.I.R.LTDA.</t>
   </si>
   <si>
     <t>AV. ELIAS NRO. 101 CERCADO  (ESQUINA AVENIDA NUNEZ NRO. 300) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SERVICIO NACIONAL FORESTAL Y DE FAUNA SILVESTRE</t>
   </si>
   <si>
     <t>AV. JAVIER PRADO OESTE NRO. 2442 URB.  ORRANTIA  (TORRE CUSTER) - MAGDALENA DEL MAR - LIMA - LIMA</t>
   </si>
   <si>
     <t>SHANARY  PANIAGUA CONTRERAS</t>
   </si>
   <si>
     <t>SHANIA  SANCHEZ SULLCAHUAMAN</t>
   </si>
   <si>
     <t>SHARON KETTY CASANCA CASANI</t>
   </si>
   <si>
     <t>SHAVELY ARIATNA SAAVEDRA HUAMANI</t>
   </si>
   <si>
     <t>SHIRSLEY STEFANIA GOMEZ SAUÃE</t>
@@ -1208,50 +1313,53 @@
   <si>
     <t>SOL DEL OCCIDENTE SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>MLC.DE LA MARINA NRO. 730 DPTO. 701 URB.  SANTA CRUZ - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>SOLEDAD  AMPUERO GUILLEN</t>
   </si>
   <si>
     <t>SOLEDAD  RAFAELE RAFAELE</t>
   </si>
   <si>
     <t>SONIA  HUAMAN VILCAS</t>
   </si>
   <si>
     <t>SONIA  HUANZO MARCANI</t>
   </si>
   <si>
     <t>SONIA  PEREZ OSNAYO</t>
   </si>
   <si>
     <t>SONIA GLADIS PALMA SAUÃI</t>
   </si>
   <si>
+    <t>STEFHANY  GUIZADO SUEL</t>
+  </si>
+  <si>
     <t>SUNILDA  PIZARRO QUISPE</t>
   </si>
   <si>
     <t>TEODORA  ARANDO DAMIAN</t>
   </si>
   <si>
     <t>07936388</t>
   </si>
   <si>
     <t>TOMAS  DELGADO CATALAN</t>
   </si>
   <si>
     <t>TORRES FERNANDEZ MELBIA</t>
   </si>
   <si>
     <t>TRADING FASHION LINE S.A.</t>
   </si>
   <si>
     <t>AV. SANTUARIO NRO. 1323 URB.  ZARATE  (ALT.CDRA 12 AV.GRAN CHIMU) - SAN JUAN DE LURIGANCHO - LIMA - LIMA</t>
   </si>
   <si>
     <t>UNIDAD DE GESTION EDUCATIVA LOCAL DE CHINCHEROS</t>
   </si>
   <si>
     <t>NRO. S/N CENTRO CIVICO CHINCHEROS  (ZONA 1 LLIMPE) - CHINCHEROS - CHINCHEROS - APURIMAC</t>
@@ -1274,108 +1382,120 @@
   <si>
     <t>VANESSA  VILLENA VIZCARRA</t>
   </si>
   <si>
     <t>VANESSA HUISIÃA QUISPE GALLEGOS</t>
   </si>
   <si>
     <t>VARGAS MERINO FANNY</t>
   </si>
   <si>
     <t>VICTOR  LEZANO CHICLLA</t>
   </si>
   <si>
     <t>VICTORIA  PALOMINO DE PINEDA</t>
   </si>
   <si>
     <t>VIVIAN  SEJURO CARDENAS</t>
   </si>
   <si>
     <t>WALTER  FALCON PALOMINO</t>
   </si>
   <si>
     <t>WALTER  ROMERO ABARCA</t>
   </si>
   <si>
+    <t>WASHINGTON  PALOMINO VARGAS</t>
+  </si>
+  <si>
     <t>WERNER  AGUILAR BARRA</t>
   </si>
   <si>
     <t>WILDER  PUMACAYO GONZALES</t>
   </si>
   <si>
     <t>WILFREDO  CONTRERAS SALAS</t>
   </si>
   <si>
     <t>WILFREDO  RODRIGUEZ ARBIETO</t>
   </si>
   <si>
     <t>WILSON  CANAHUIRE RAMIREZ</t>
   </si>
   <si>
     <t>WILSON  USTUA ARENAZA</t>
   </si>
   <si>
     <t>YABAR REY DE CASTRO ALONSO</t>
   </si>
   <si>
     <t>YAMELY  GUTIERREZ INFANTAS</t>
   </si>
   <si>
     <t>YANETH  SARMIENTO MANUELO</t>
   </si>
   <si>
     <t>YASMINE ROXANA MOREANO CASTAÃEDA</t>
   </si>
   <si>
+    <t>YENI  VILCA LIMA</t>
+  </si>
+  <si>
     <t>YERICA LLANCCAYA TALAVERANO</t>
   </si>
   <si>
     <t>YESICA  CCARHUAS ESPINOZA</t>
   </si>
   <si>
+    <t>YESMAN  AYERVE LLAMOCCA</t>
+  </si>
+  <si>
     <t>YESMINE  CHALLCO SEGOVIA</t>
   </si>
   <si>
     <t>YESSENIA  PINTO PALOMINO</t>
   </si>
   <si>
     <t>YOORDY VLADIMIR ARROYO ESPINOZA</t>
   </si>
   <si>
     <t>YORITH  ALTAMIRANO TICA</t>
   </si>
   <si>
     <t>YOVANA  CUELLAR PALOMINO</t>
   </si>
   <si>
     <t>YUDITH  ESPINOZA TURPO</t>
   </si>
   <si>
     <t>YUDITH  LOAYZA VELAZQUE</t>
   </si>
   <si>
     <t>YULEMY CLARIBEL ACOSTA MEDINA</t>
+  </si>
+  <si>
+    <t>YULIANA  CCOSCCO INQUIL</t>
   </si>
   <si>
     <t>ZENOVIA  AYERVE VARGAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="4">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1731,54 +1851,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H378"/>
+  <dimension ref="A1:H415"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H378" sqref="H378"/>
+      <selection activeCell="H415" sqref="H415"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -2491,6989 +2611,7733 @@
       </c>
       <c r="B36" s="3" t="s">
         <v>57</v>
       </c>
       <c r="C36" s="3">
         <v>77026878</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="3">
-        <v>80365699</v>
+        <v>44251048</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="3">
-        <v>15602955106</v>
+        <v>80365699</v>
       </c>
       <c r="D38" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="3">
-        <v>70790400</v>
+        <v>15602955106</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E39" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="3">
-        <v>74220148</v>
+        <v>70790400</v>
       </c>
       <c r="D40" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E40" s="3"/>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="3">
-        <v>42105154</v>
+        <v>74220148</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="3">
-        <v>44556915</v>
+        <v>42105154</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="3">
-        <v>70384189</v>
+        <v>44556915</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="3">
-        <v>73503194</v>
+        <v>70384189</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C45" s="3">
-        <v>40432489</v>
+        <v>31036611</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C46" s="3">
-        <v>70384143</v>
+        <v>73503194</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="C47" s="3">
-        <v>41690358</v>
+      <c r="C47" s="3" t="s">
+        <v>69</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C48" s="3">
-        <v>74042240</v>
+        <v>40432489</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C49" s="3">
-        <v>78888117</v>
+        <v>70384143</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C50" s="3">
-        <v>45473275</v>
+        <v>41690358</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C51" s="3">
-        <v>40017662</v>
+        <v>74042240</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C52" s="3">
-        <v>44338326</v>
+        <v>78888117</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C53" s="3">
-        <v>61193336</v>
+        <v>45473275</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C54" s="3">
-        <v>43288050</v>
+        <v>40017662</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C55" s="3">
-        <v>70909172</v>
+        <v>44338326</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C56" s="3">
-        <v>10432032677</v>
+        <v>61193336</v>
       </c>
       <c r="D56" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C57" s="3">
-        <v>77464840</v>
+        <v>43288050</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C58" s="3">
-        <v>20600977661</v>
+        <v>70909172</v>
       </c>
       <c r="D58" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
         <v>81</v>
       </c>
       <c r="C59" s="3">
-        <v>46929903</v>
+        <v>10220926856</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E59" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E59" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
         <v>82</v>
       </c>
       <c r="C60" s="3">
-        <v>76228051</v>
+        <v>10432032677</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E60" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
         <v>83</v>
       </c>
       <c r="C61" s="3">
-        <v>20450771105</v>
+        <v>77464840</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E61" s="3"/>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="C62" s="3">
-        <v>20604455163</v>
+        <v>20600977661</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="C63" s="3">
-        <v>20141189850</v>
+        <v>46929903</v>
       </c>
       <c r="D63" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C64" s="3">
-        <v>20611509872</v>
+        <v>76228051</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E64" s="3"/>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="C65" s="3">
-        <v>20116703263</v>
+        <v>20450771105</v>
       </c>
       <c r="D65" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E65" s="3" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C66" s="3">
-        <v>20602776604</v>
+        <v>20604455163</v>
       </c>
       <c r="D66" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="3" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="C67" s="3">
-        <v>72680322</v>
+        <v>20141189850</v>
       </c>
       <c r="D67" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E67" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>93</v>
+      </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C68" s="3">
-        <v>42026362</v>
+        <v>20611509872</v>
       </c>
       <c r="D68" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E68" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>95</v>
+      </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
+        <v>96</v>
+      </c>
+      <c r="C69" s="3">
+        <v>20116703263</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" s="3" t="s">
         <v>97</v>
       </c>
-      <c r="C69" s="3">
-[...5 lines deleted...]
-      <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
         <v>98</v>
       </c>
       <c r="C70" s="3">
-        <v>41992946</v>
+        <v>20602776604</v>
       </c>
       <c r="D70" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E70" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>99</v>
+      </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C71" s="3">
-        <v>76768524</v>
+        <v>72680322</v>
       </c>
       <c r="D71" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C72" s="3">
-        <v>10465036791</v>
+        <v>42026362</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E72" s="3"/>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C73" s="3">
-        <v>42650531</v>
+        <v>71298794</v>
       </c>
       <c r="D73" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E73" s="3"/>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C74" s="3">
-        <v>42489522</v>
+        <v>41992946</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C75" s="3">
-        <v>31005078</v>
+        <v>41927923</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C76" s="3">
-        <v>42403198</v>
+        <v>76768524</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C77" s="3">
-        <v>71735000</v>
+        <v>10465036791</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E77" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C78" s="3">
-        <v>43363800</v>
+        <v>42650531</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C79" s="3">
-        <v>45105780</v>
+        <v>42489522</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C80" s="3">
-        <v>31039835</v>
+        <v>31005078</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C81" s="3">
-        <v>71752424</v>
+        <v>42403198</v>
       </c>
       <c r="D81" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E81" s="3"/>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C82" s="3">
-        <v>20611999357</v>
+        <v>71735000</v>
       </c>
       <c r="D82" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
         <v>112</v>
       </c>
       <c r="C83" s="3">
-        <v>80011913</v>
+        <v>43363800</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
         <v>113</v>
       </c>
       <c r="C84" s="3">
-        <v>10647293</v>
+        <v>45105780</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
         <v>114</v>
       </c>
       <c r="C85" s="3">
-        <v>42320893</v>
+        <v>40461935</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
         <v>115</v>
       </c>
       <c r="C86" s="3">
-        <v>40599927</v>
+        <v>31039835</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
         <v>116</v>
       </c>
       <c r="C87" s="3">
-        <v>31037464</v>
+        <v>71752424</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
         <v>117</v>
       </c>
       <c r="C88" s="3">
-        <v>71301130</v>
+        <v>71717937</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
         <v>118</v>
       </c>
       <c r="C89" s="3">
-        <v>44512199</v>
+        <v>20611999357</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E89" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>119</v>
+      </c>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C90" s="3">
-        <v>70265326</v>
+        <v>41819252</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C91" s="3">
-        <v>31015316</v>
+        <v>80011913</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C92" s="3">
-        <v>40155625</v>
+        <v>10647293</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C93" s="3">
-        <v>44843341</v>
+        <v>42320893</v>
       </c>
       <c r="D93" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E93" s="3"/>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C94" s="3">
-        <v>71805308</v>
+        <v>40599927</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C95" s="3">
-        <v>77498893</v>
+        <v>31037464</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>125</v>
-[...1 lines deleted...]
-      <c r="C96" s="3" t="s">
         <v>126</v>
+      </c>
+      <c r="C96" s="3">
+        <v>71301130</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
         <v>127</v>
       </c>
       <c r="C97" s="3">
-        <v>44762531</v>
+        <v>44512199</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
         <v>128</v>
       </c>
       <c r="C98" s="3">
-        <v>43358071</v>
+        <v>70265326</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
         <v>129</v>
       </c>
       <c r="C99" s="3">
-        <v>70263842</v>
+        <v>31015316</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
         <v>130</v>
       </c>
       <c r="C100" s="3">
-        <v>31039426</v>
+        <v>40155625</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="3"/>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
         <v>131</v>
       </c>
       <c r="C101" s="3">
-        <v>31169672</v>
+        <v>42777078</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
         <v>132</v>
       </c>
       <c r="C102" s="3">
-        <v>47705038</v>
+        <v>44843341</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
         <v>133</v>
       </c>
       <c r="C103" s="3">
-        <v>40519785</v>
+        <v>71805308</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
         <v>134</v>
       </c>
       <c r="C104" s="3">
-        <v>40117693</v>
+        <v>77498893</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
         <v>135</v>
       </c>
-      <c r="C105" s="3">
-        <v>75053280</v>
+      <c r="C105" s="3" t="s">
+        <v>136</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C106" s="3">
-        <v>72844807</v>
+        <v>44762531</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C107" s="3">
-        <v>76306981</v>
+        <v>43358071</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C108" s="3">
-        <v>47037073</v>
+        <v>70263842</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C109" s="3">
-        <v>40485539</v>
+        <v>31039426</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C110" s="3">
-        <v>40073945</v>
+        <v>31169672</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C111" s="3">
-        <v>45301211</v>
+        <v>47705038</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C112" s="3">
-        <v>41082168</v>
+        <v>40519785</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C113" s="3">
-        <v>47568743</v>
+        <v>70207583</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C114" s="3">
-        <v>40272027</v>
+        <v>40117693</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C115" s="3">
-        <v>47042588</v>
+        <v>75053280</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C116" s="3">
-        <v>40920397</v>
+        <v>72844807</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C117" s="3">
-        <v>43443041</v>
+        <v>76306981</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C118" s="3">
-        <v>43261084</v>
+        <v>47037073</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C119" s="3">
-        <v>31024534</v>
+        <v>40485539</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>150</v>
-[...2 lines deleted...]
-        <v>31003452</v>
+        <v>151</v>
+      </c>
+      <c r="C120" s="3" t="s">
+        <v>152</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C121" s="3">
-        <v>71843960</v>
+        <v>40073945</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="C122" s="3">
-        <v>72424994</v>
+        <v>45301211</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="C123" s="3">
-        <v>31004537</v>
+        <v>71334181</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C124" s="3">
-        <v>41181603</v>
+        <v>41082168</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="C125" s="3">
-        <v>74624840</v>
+        <v>47568743</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="C126" s="3">
-        <v>47457917</v>
+        <v>40272027</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C127" s="3">
-        <v>20606379171</v>
+        <v>47042588</v>
       </c>
       <c r="D127" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C128" s="3">
-        <v>20606297093</v>
+        <v>40920397</v>
       </c>
       <c r="D128" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
         <v>161</v>
       </c>
       <c r="C129" s="3">
-        <v>20603712278</v>
+        <v>43443041</v>
       </c>
       <c r="D129" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="C130" s="3">
-        <v>10441879399</v>
+        <v>43261084</v>
       </c>
       <c r="D130" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E130" s="3"/>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C131" s="3">
-        <v>42956106</v>
+        <v>31024534</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="C132" s="3">
-        <v>74306363</v>
+        <v>46687664</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E132" s="3"/>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="C133" s="3">
-        <v>42921282</v>
+        <v>31003452</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="C134" s="3">
-        <v>41044732</v>
+        <v>71843960</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="C135" s="3">
-        <v>44309787</v>
+        <v>72424994</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="C136" s="3">
-        <v>20527004269</v>
+        <v>31004537</v>
       </c>
       <c r="D136" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="C137" s="3">
-        <v>10422068151</v>
+        <v>41181603</v>
       </c>
       <c r="D137" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C138" s="3">
-        <v>29257691</v>
+        <v>74624840</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="C139" s="3">
-        <v>42228582</v>
+        <v>47457917</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="C140" s="3">
-        <v>10243618008</v>
+        <v>20606379171</v>
       </c>
       <c r="D140" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E140" s="3" t="s">
-        <v>37</v>
+        <v>173</v>
       </c>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="C141" s="3">
-        <v>10400392141</v>
+        <v>20606297093</v>
       </c>
       <c r="D141" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E141" s="3" t="s">
-        <v>37</v>
+        <v>175</v>
       </c>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C142" s="3">
-        <v>20606365561</v>
+        <v>20603712278</v>
       </c>
       <c r="D142" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E142" s="3" t="s">
         <v>177</v>
       </c>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
         <v>178</v>
       </c>
       <c r="C143" s="3">
-        <v>20338915471</v>
+        <v>10441879399</v>
       </c>
       <c r="D143" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E143" s="3" t="s">
-        <v>179</v>
+        <v>37</v>
       </c>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="C144" s="3">
-        <v>20611142804</v>
+        <v>42956106</v>
       </c>
       <c r="D144" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C145" s="3">
-        <v>40905508</v>
+        <v>74306363</v>
       </c>
       <c r="D145" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="C146" s="3">
-        <v>80596890</v>
+        <v>42921282</v>
       </c>
       <c r="D146" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E146" s="3"/>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="C147" s="3">
-        <v>46400236</v>
+        <v>41044732</v>
       </c>
       <c r="D147" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E147" s="3"/>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="C148" s="3">
-        <v>47666557</v>
+        <v>44309787</v>
       </c>
       <c r="D148" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E148" s="3"/>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="C149" s="3">
-        <v>41615492</v>
+        <v>20527004269</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E149" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E149" s="3" t="s">
+        <v>185</v>
+      </c>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="C150" s="3">
-        <v>46240861</v>
+        <v>10422068151</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E150" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E150" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="C151" s="3">
-        <v>70676940</v>
+        <v>29257691</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="C152" s="3">
-        <v>44861303</v>
+        <v>42228582</v>
       </c>
       <c r="D152" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="C153" s="3">
-        <v>48222328</v>
+        <v>10243618008</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E153" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E153" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="C154" s="3">
-        <v>62004662</v>
+        <v>10400392141</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E154" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E154" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C155" s="3">
+        <v>20606365561</v>
+      </c>
+      <c r="D155" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" s="3" t="s">
         <v>192</v>
       </c>
-      <c r="C155" s="3">
-[...5 lines deleted...]
-      <c r="E155" s="3"/>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
         <v>193</v>
       </c>
       <c r="C156" s="3">
-        <v>71453585</v>
+        <v>20338915471</v>
       </c>
       <c r="D156" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E156" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E156" s="3" t="s">
+        <v>194</v>
+      </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C157" s="3">
-        <v>70124650</v>
+        <v>20611142804</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E157" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E157" s="3" t="s">
+        <v>196</v>
+      </c>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="C158" s="3">
-        <v>31008996</v>
+        <v>40905508</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C159" s="3">
-        <v>70359505</v>
+        <v>80596890</v>
       </c>
       <c r="D159" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E159" s="3"/>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="C160" s="3">
-        <v>60017586</v>
+        <v>46400236</v>
       </c>
       <c r="D160" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E160" s="3"/>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="C161" s="3">
-        <v>71657159</v>
+        <v>47666557</v>
       </c>
       <c r="D161" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E161" s="3"/>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="C162" s="3">
-        <v>73184992</v>
+        <v>41615492</v>
       </c>
       <c r="D162" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E162" s="3"/>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="C163" s="3">
-        <v>74894276</v>
+        <v>46240861</v>
       </c>
       <c r="D163" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E163" s="3"/>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="C164" s="3">
-        <v>47722090</v>
+        <v>70676940</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>202</v>
+        <v>204</v>
       </c>
       <c r="C165" s="3">
-        <v>44885362</v>
+        <v>44861303</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C166" s="3">
-        <v>42960561</v>
+        <v>48222328</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C167" s="3">
-        <v>24003946</v>
+        <v>62004662</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C168" s="3">
-        <v>71450338</v>
+        <v>31363874</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C169" s="3">
-        <v>48712635</v>
+        <v>71453585</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C170" s="3">
-        <v>42055671</v>
+        <v>70124650</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C171" s="3">
-        <v>31006448</v>
+        <v>31008996</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C172" s="3">
-        <v>10342548</v>
+        <v>70359505</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E172" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C173" s="3">
-        <v>31039261</v>
+        <v>60017586</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C174" s="3">
-        <v>41959063</v>
+        <v>71657159</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C175" s="3">
-        <v>41018594</v>
+        <v>73184992</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E175" s="3"/>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C176" s="3">
-        <v>31040344</v>
+        <v>72636146</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E176" s="3"/>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C177" s="3">
-        <v>30760136</v>
+        <v>74894276</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C178" s="3">
-        <v>42693490</v>
+        <v>47722090</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C179" s="3">
-        <v>31660341</v>
+        <v>45105934</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C180" s="3">
-        <v>31041717</v>
+        <v>44885362</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C181" s="3">
-        <v>40796539</v>
+        <v>42960561</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="C182" s="3">
-        <v>70666601</v>
+        <v>24003946</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E182" s="3"/>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="C183" s="3">
-        <v>44045114</v>
+        <v>71450338</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C184" s="3">
-        <v>72701858</v>
+        <v>74052446</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>223</v>
-[...1 lines deleted...]
-      <c r="C185" s="3" t="s">
         <v>224</v>
+      </c>
+      <c r="C185" s="3">
+        <v>48712635</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E185" s="3"/>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
         <v>225</v>
       </c>
       <c r="C186" s="3">
-        <v>71380250</v>
+        <v>42055671</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
         <v>226</v>
       </c>
       <c r="C187" s="3">
-        <v>71387783</v>
+        <v>31006448</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
         <v>227</v>
       </c>
       <c r="C188" s="3">
-        <v>76288418</v>
+        <v>10342548</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E188" s="3"/>
+      <c r="E188" s="3" t="s">
+        <v>228</v>
+      </c>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="C189" s="3">
-        <v>44573243</v>
+        <v>31039261</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C190" s="3">
-        <v>42323035</v>
+        <v>41959063</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E190" s="3"/>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C191" s="3">
-        <v>20610721614</v>
+        <v>41018594</v>
       </c>
       <c r="D191" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
         <v>232</v>
       </c>
       <c r="C192" s="3">
-        <v>31045471</v>
+        <v>31030359</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E192" s="3"/>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
         <v>233</v>
       </c>
       <c r="C193" s="3">
-        <v>77212587</v>
+        <v>31040344</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
         <v>234</v>
       </c>
       <c r="C194" s="3">
-        <v>76014894</v>
+        <v>30760136</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
         <v>235</v>
       </c>
       <c r="C195" s="3">
-        <v>48593372</v>
+        <v>42693490</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E195" s="3"/>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
         <v>236</v>
       </c>
       <c r="C196" s="3">
-        <v>71614470</v>
+        <v>40799849</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E196" s="3"/>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
         <v>237</v>
       </c>
       <c r="C197" s="3">
-        <v>42966692</v>
+        <v>31660341</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E197" s="3"/>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
         <v>238</v>
       </c>
       <c r="C198" s="3">
-        <v>76862834</v>
+        <v>31041717</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
         <v>239</v>
       </c>
       <c r="C199" s="3">
-        <v>40666712</v>
+        <v>40796539</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
         <v>240</v>
       </c>
       <c r="C200" s="3">
-        <v>44706606</v>
+        <v>70666601</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
         <v>241</v>
       </c>
       <c r="C201" s="3">
-        <v>45101909</v>
+        <v>44045114</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
         <v>242</v>
       </c>
       <c r="C202" s="3">
-        <v>31041180</v>
+        <v>72701858</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
         <v>243</v>
       </c>
-      <c r="C203" s="3">
-        <v>23844985</v>
+      <c r="C203" s="3" t="s">
+        <v>244</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C204" s="3">
-        <v>71043527</v>
+        <v>73619723</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C205" s="3">
-        <v>70189163</v>
+        <v>71380250</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E205" s="3"/>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C206" s="3">
-        <v>76180351</v>
+        <v>71387783</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E206" s="3"/>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C207" s="3">
-        <v>44747137</v>
+        <v>76288418</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E207" s="3"/>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C208" s="3">
-        <v>10438274575</v>
+        <v>44573243</v>
       </c>
       <c r="D208" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C209" s="3">
-        <v>48239564</v>
+        <v>42323035</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C210" s="3">
-        <v>76839163</v>
+        <v>20610721614</v>
       </c>
       <c r="D210" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E210" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E210" s="3" t="s">
+        <v>252</v>
+      </c>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C211" s="3">
-        <v>72281601</v>
+        <v>31045471</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C212" s="3">
-        <v>19332213</v>
+        <v>71800975</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="C213" s="3">
-        <v>70220783</v>
+        <v>77212587</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C214" s="3">
-        <v>71745628</v>
+        <v>76014894</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C215" s="3">
-        <v>20101298851</v>
+        <v>48593372</v>
       </c>
       <c r="D215" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E215" s="3"/>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="C216" s="3">
-        <v>10800354566</v>
+        <v>71614470</v>
       </c>
       <c r="D216" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E216" s="3"/>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C217" s="3">
-        <v>42826494</v>
+        <v>42966692</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E217" s="3"/>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C218" s="3">
-        <v>47902227</v>
+        <v>76862834</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E218" s="3"/>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C219" s="3">
-        <v>44832014</v>
+        <v>40666712</v>
       </c>
       <c r="D219" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E219" s="3"/>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C220" s="3">
-        <v>23950215</v>
+        <v>44706606</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E220" s="3"/>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C221" s="3">
-        <v>80094016</v>
+        <v>45101909</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="C222" s="3">
-        <v>60016096</v>
+        <v>31041180</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E222" s="3"/>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C223" s="3">
-        <v>31008601</v>
+        <v>23844985</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C224" s="3">
-        <v>41063845</v>
+        <v>71043527</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E224" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
         <v>267</v>
       </c>
       <c r="C225" s="3">
-        <v>23704653</v>
+        <v>71016362</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
         <v>268</v>
       </c>
       <c r="C226" s="3">
-        <v>70777335</v>
+        <v>70189163</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
         <v>269</v>
       </c>
       <c r="C227" s="3">
-        <v>60114755</v>
+        <v>76180351</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
         <v>270</v>
       </c>
       <c r="C228" s="3">
-        <v>44499618</v>
+        <v>44747137</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
         <v>271</v>
       </c>
       <c r="C229" s="3">
-        <v>77812520</v>
+        <v>10438274575</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E229" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E229" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
         <v>272</v>
       </c>
       <c r="C230" s="3">
-        <v>71898334</v>
+        <v>75591537</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E230" s="3"/>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
         <v>273</v>
       </c>
       <c r="C231" s="3">
-        <v>73809011</v>
+        <v>48239564</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E231" s="3"/>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
         <v>274</v>
       </c>
       <c r="C232" s="3">
-        <v>60014372</v>
+        <v>76839163</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E232" s="3"/>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
         <v>275</v>
       </c>
       <c r="C233" s="3">
-        <v>23849329</v>
+        <v>72281601</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
         <v>276</v>
       </c>
       <c r="C234" s="3">
-        <v>43619446</v>
+        <v>19332213</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E234" s="3"/>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
         <v>277</v>
       </c>
       <c r="C235" s="3">
-        <v>73604029</v>
+        <v>70220783</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E235" s="3"/>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
         <v>278</v>
       </c>
       <c r="C236" s="3">
-        <v>31032424</v>
+        <v>71745628</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
         <v>279</v>
       </c>
       <c r="C237" s="3">
-        <v>25836345</v>
+        <v>20101298851</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E237" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E237" s="3" t="s">
+        <v>280</v>
+      </c>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C238" s="3">
-        <v>45388615</v>
+        <v>10800354566</v>
       </c>
       <c r="D238" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E238" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E238" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="C239" s="3">
-        <v>47251473</v>
+        <v>40227109</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="C240" s="3">
-        <v>43792890</v>
+        <v>42826494</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E240" s="3"/>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C241" s="3">
-        <v>73597714</v>
+        <v>47902227</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E241" s="3"/>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C242" s="3">
-        <v>70905292</v>
+        <v>44832014</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E242" s="3"/>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C243" s="3">
-        <v>31036967</v>
+        <v>23950215</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="C244" s="3" t="s">
         <v>287</v>
+      </c>
+      <c r="C244" s="3">
+        <v>80094016</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
         <v>288</v>
       </c>
       <c r="C245" s="3">
-        <v>46953646</v>
+        <v>80023761</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E245" s="3"/>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
         <v>289</v>
       </c>
       <c r="C246" s="3">
-        <v>42743110</v>
+        <v>60016096</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
         <v>290</v>
       </c>
       <c r="C247" s="3">
-        <v>31039505</v>
+        <v>31008601</v>
       </c>
       <c r="D247" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E247" s="3"/>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
         <v>291</v>
       </c>
       <c r="C248" s="3">
-        <v>20148182788</v>
+        <v>41063845</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E248" s="3" t="s">
         <v>292</v>
       </c>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
         <v>293</v>
       </c>
       <c r="C249" s="3">
-        <v>20603014376</v>
+        <v>23704653</v>
       </c>
       <c r="D249" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E249" s="3"/>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>295</v>
+        <v>294</v>
       </c>
       <c r="C250" s="3">
-        <v>72736481</v>
+        <v>70777335</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E250" s="3"/>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>296</v>
+        <v>295</v>
       </c>
       <c r="C251" s="3">
-        <v>41190283</v>
+        <v>60114755</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E251" s="3"/>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>297</v>
+        <v>296</v>
       </c>
       <c r="C252" s="3">
-        <v>31038130</v>
+        <v>44499618</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E252" s="3"/>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="C253" s="3">
-        <v>31042563</v>
+        <v>77812520</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>299</v>
+        <v>298</v>
       </c>
       <c r="C254" s="3">
-        <v>47065628</v>
+        <v>71898334</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E254" s="3"/>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>300</v>
+        <v>299</v>
       </c>
       <c r="C255" s="3">
-        <v>70792938</v>
+        <v>73809011</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E255" s="3"/>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C256" s="3">
-        <v>40659963</v>
+        <v>60014372</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E256" s="3"/>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="C257" s="3">
-        <v>44442497</v>
+        <v>23849329</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E257" s="3"/>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
       <c r="H257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C258" s="3">
-        <v>29426340</v>
+        <v>43619446</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E258" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E258" s="3"/>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="C259" s="3">
-        <v>31039931</v>
+        <v>73604029</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E259" s="3"/>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="C260" s="3">
-        <v>63364049</v>
+        <v>71304311</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E260" s="3"/>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
       <c r="H260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="C261" s="3">
-        <v>71563036</v>
+        <v>31032424</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="C262" s="3">
-        <v>71657797</v>
+        <v>25836345</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E262" s="3"/>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="C263" s="3">
-        <v>46983616</v>
+        <v>45388615</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="C264" s="3">
-        <v>75827638</v>
+        <v>47251473</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E264" s="3"/>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="C265" s="3">
-        <v>31005525</v>
+        <v>43792890</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="C266" s="3">
-        <v>31027038</v>
+        <v>73597714</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="C267" s="3">
-        <v>75053279</v>
+        <v>77237748</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E267" s="3"/>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>314</v>
+        <v>312</v>
       </c>
       <c r="C268" s="3">
-        <v>47534483</v>
+        <v>70905292</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E268" s="3"/>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>315</v>
+        <v>313</v>
       </c>
       <c r="C269" s="3">
-        <v>73217673</v>
+        <v>31036967</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>316</v>
-[...2 lines deleted...]
-        <v>20602357865</v>
+        <v>314</v>
+      </c>
+      <c r="C270" s="3" t="s">
+        <v>315</v>
       </c>
       <c r="D270" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E270" s="3"/>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
       <c r="H270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="C271" s="3">
-        <v>10421255232</v>
+        <v>46953646</v>
       </c>
       <c r="D271" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>319</v>
+        <v>317</v>
       </c>
       <c r="C272" s="3">
-        <v>20603676808</v>
+        <v>42743110</v>
       </c>
       <c r="D272" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>321</v>
+        <v>318</v>
       </c>
       <c r="C273" s="3">
-        <v>10220853255</v>
+        <v>31039505</v>
       </c>
       <c r="D273" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>322</v>
+        <v>319</v>
       </c>
       <c r="C274" s="3">
-        <v>10769504635</v>
+        <v>20148182788</v>
       </c>
       <c r="D274" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E274" s="3" t="s">
-        <v>37</v>
+        <v>320</v>
       </c>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>323</v>
+        <v>321</v>
       </c>
       <c r="C275" s="3">
-        <v>60014473</v>
+        <v>20603014376</v>
       </c>
       <c r="D275" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E275" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E275" s="3" t="s">
+        <v>322</v>
+      </c>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
-        <v>324</v>
+        <v>323</v>
       </c>
       <c r="C276" s="3">
-        <v>76045909</v>
+        <v>72736481</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
-        <v>325</v>
+        <v>324</v>
       </c>
       <c r="C277" s="3">
-        <v>74615677</v>
+        <v>41190283</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
-        <v>326</v>
+        <v>325</v>
       </c>
       <c r="C278" s="3">
-        <v>44341404</v>
+        <v>31038130</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E278" s="3"/>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
-        <v>327</v>
+        <v>326</v>
       </c>
       <c r="C279" s="3">
-        <v>31020629</v>
+        <v>31042563</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="C280" s="3">
-        <v>20509797847</v>
+        <v>47065628</v>
       </c>
       <c r="D280" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="C281" s="3">
-        <v>10471871660</v>
+        <v>70792938</v>
       </c>
       <c r="D281" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E281" s="3"/>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="C282" s="3">
-        <v>10420768945</v>
+        <v>40659963</v>
       </c>
       <c r="D282" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E282" s="3"/>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
       <c r="H282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="C283" s="3">
-        <v>10345334</v>
+        <v>44442497</v>
       </c>
       <c r="D283" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E283" s="3"/>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="C284" s="3">
-        <v>31037845</v>
+        <v>29426340</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E284" s="3"/>
+      <c r="E284" s="3" t="s">
+        <v>332</v>
+      </c>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="C285" s="3">
-        <v>74276982</v>
+        <v>31039931</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E285" s="3"/>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>335</v>
+        <v>334</v>
       </c>
       <c r="C286" s="3">
-        <v>20526938535</v>
+        <v>63364049</v>
       </c>
       <c r="D286" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="C287" s="3">
-        <v>31348864</v>
+        <v>71563036</v>
       </c>
       <c r="D287" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E287" s="3"/>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
       <c r="H287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="C288" s="3">
-        <v>76596928</v>
+        <v>71657797</v>
       </c>
       <c r="D288" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E288" s="3"/>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>339</v>
+        <v>337</v>
       </c>
       <c r="C289" s="3">
-        <v>76020728</v>
+        <v>46983616</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E289" s="3"/>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>340</v>
+        <v>338</v>
       </c>
       <c r="C290" s="3">
-        <v>20414955020</v>
+        <v>75827638</v>
       </c>
       <c r="D290" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>342</v>
+        <v>339</v>
       </c>
       <c r="C291" s="3">
-        <v>42133140</v>
+        <v>31005525</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E291" s="3"/>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
       <c r="H291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="C292" s="3">
-        <v>43462212</v>
+        <v>31027038</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E292" s="3"/>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>344</v>
+        <v>341</v>
       </c>
       <c r="C293" s="3">
-        <v>71453611</v>
+        <v>75053279</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E293" s="3"/>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>345</v>
+        <v>342</v>
       </c>
       <c r="C294" s="3">
-        <v>10469938714</v>
+        <v>47534483</v>
       </c>
       <c r="D294" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E294" s="3"/>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
       <c r="H294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>346</v>
+        <v>343</v>
       </c>
       <c r="C295" s="3">
-        <v>70790425</v>
+        <v>73217673</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E295" s="3"/>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>347</v>
+        <v>344</v>
       </c>
       <c r="C296" s="3">
-        <v>31039110</v>
+        <v>20602357865</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E296" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E296" s="3" t="s">
+        <v>345</v>
+      </c>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
       <c r="H296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="C297" s="3">
-        <v>44230627</v>
+        <v>10421255232</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E297" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E297" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C298" s="3">
-        <v>47911929</v>
+        <v>20603676808</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E298" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E298" s="3" t="s">
+        <v>348</v>
+      </c>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>350</v>
+        <v>349</v>
       </c>
       <c r="C299" s="3">
-        <v>41018591</v>
+        <v>10220853255</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E299" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E299" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="C300" s="3">
-        <v>42645200</v>
+        <v>10769504635</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E300" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E300" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>352</v>
+        <v>351</v>
       </c>
       <c r="C301" s="3">
-        <v>31040626</v>
+        <v>60014473</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E301" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="C302" s="3">
-        <v>44619530</v>
+        <v>31009911</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E302" s="3"/>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>355</v>
+        <v>353</v>
       </c>
       <c r="C303" s="3">
-        <v>31012361</v>
+        <v>76045909</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E303" s="3"/>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="C304" s="3">
-        <v>71801747</v>
+        <v>47572700</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E304" s="3"/>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
       <c r="H304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="C305" s="3">
-        <v>74504719</v>
+        <v>74615677</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E305" s="3"/>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C306" s="3">
-        <v>74751041</v>
+        <v>44341404</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>359</v>
+        <v>357</v>
       </c>
       <c r="C307" s="3">
-        <v>45908118</v>
+        <v>31020629</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>360</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>358</v>
+      </c>
+      <c r="C308" s="3">
+        <v>20509797847</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E308" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E308" s="3" t="s">
+        <v>359</v>
+      </c>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="C309" s="3">
-        <v>71459951</v>
+        <v>10471871660</v>
       </c>
       <c r="D309" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E309" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E309" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
       <c r="H309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="C310" s="3">
-        <v>71962857</v>
+        <v>10420768945</v>
       </c>
       <c r="D310" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E310" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E310" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="C311" s="3">
-        <v>41248813</v>
+        <v>10345334</v>
       </c>
       <c r="D311" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E311" s="3"/>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C312" s="3">
-        <v>71611144</v>
+        <v>31037845</v>
       </c>
       <c r="D312" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E312" s="3"/>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
       <c r="C313" s="3">
-        <v>48090094</v>
+        <v>74276982</v>
       </c>
       <c r="D313" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E313" s="3"/>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="C314" s="3">
-        <v>47619706</v>
+        <v>20526938535</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E314" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E314" s="3" t="s">
+        <v>366</v>
+      </c>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
       <c r="H314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>368</v>
+        <v>367</v>
       </c>
       <c r="C315" s="3">
-        <v>76090336</v>
+        <v>31348864</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="C316" s="3">
-        <v>76186689</v>
+        <v>76596928</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E316" s="3"/>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>370</v>
+        <v>369</v>
       </c>
       <c r="C317" s="3">
-        <v>20613422456</v>
+        <v>76020728</v>
       </c>
       <c r="D317" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E317" s="3"/>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>372</v>
+        <v>370</v>
       </c>
       <c r="C318" s="3">
-        <v>10404084424</v>
+        <v>20414955020</v>
       </c>
       <c r="D318" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E318" s="3" t="s">
-        <v>37</v>
+        <v>371</v>
       </c>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>373</v>
+        <v>372</v>
       </c>
       <c r="C319" s="3">
-        <v>31016392</v>
+        <v>42133140</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E319" s="3"/>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
       <c r="H319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>374</v>
+        <v>373</v>
       </c>
       <c r="C320" s="3">
-        <v>31521512</v>
+        <v>43462212</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>375</v>
+        <v>374</v>
       </c>
       <c r="C321" s="3">
-        <v>44406660</v>
+        <v>71453611</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>376</v>
+        <v>375</v>
       </c>
       <c r="C322" s="3">
-        <v>47758009</v>
+        <v>10469938714</v>
       </c>
       <c r="D322" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E322" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E322" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>377</v>
+        <v>376</v>
       </c>
       <c r="C323" s="3">
-        <v>42171947</v>
+        <v>70790425</v>
       </c>
       <c r="D323" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E323" s="3"/>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>378</v>
+        <v>377</v>
       </c>
       <c r="C324" s="3">
-        <v>20485584880</v>
+        <v>72897715</v>
       </c>
       <c r="D324" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E324" s="3"/>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
       <c r="H324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="C325" s="3">
-        <v>20562836927</v>
+        <v>31039110</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E325" s="3"/>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>382</v>
+        <v>379</v>
       </c>
       <c r="C326" s="3">
-        <v>47141171</v>
+        <v>44230627</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="C327" s="3">
-        <v>71332630</v>
+        <v>47911929</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C328" s="3">
-        <v>47765576</v>
+        <v>41018591</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E328" s="3"/>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
       <c r="H328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>385</v>
+        <v>382</v>
       </c>
       <c r="C329" s="3">
-        <v>48905585</v>
+        <v>42645200</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
       <c r="H329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="C330" s="3">
-        <v>77210826</v>
+        <v>31040626</v>
       </c>
       <c r="D330" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E330" s="3"/>
+      <c r="E330" s="3" t="s">
+        <v>384</v>
+      </c>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="C331" s="3">
-        <v>46605021</v>
+        <v>43561068</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C332" s="3">
-        <v>20606528974</v>
+        <v>44619530</v>
       </c>
       <c r="D332" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E332" s="3"/>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="C333" s="3">
-        <v>20603225750</v>
+        <v>31012361</v>
       </c>
       <c r="D333" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E333" s="3"/>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
       <c r="H333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="C334" s="3">
-        <v>44924253</v>
+        <v>71801747</v>
       </c>
       <c r="D334" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E334" s="3"/>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C335" s="3">
-        <v>71742933</v>
+        <v>74504719</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="C336" s="3">
-        <v>41955605</v>
+        <v>74751041</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C337" s="3">
-        <v>31040769</v>
+        <v>45908118</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>396</v>
-[...2 lines deleted...]
-        <v>45459744</v>
+        <v>392</v>
+      </c>
+      <c r="C338" s="3" t="s">
+        <v>393</v>
       </c>
       <c r="D338" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E338" s="3"/>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
       <c r="H338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C339" s="3">
-        <v>31044530</v>
+        <v>71459951</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
       <c r="H339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C340" s="3">
-        <v>42146613</v>
+        <v>71962857</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>399</v>
-[...2 lines deleted...]
-        <v>400</v>
+        <v>396</v>
+      </c>
+      <c r="C341" s="3">
+        <v>41248813</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>401</v>
+        <v>397</v>
       </c>
       <c r="C342" s="3">
-        <v>31043703</v>
+        <v>71611144</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="C343" s="3">
-        <v>10239915073</v>
+        <v>48090094</v>
       </c>
       <c r="D343" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E343" s="3"/>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
       <c r="H343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>403</v>
+        <v>399</v>
       </c>
       <c r="C344" s="3">
-        <v>20501057682</v>
+        <v>47619706</v>
       </c>
       <c r="D344" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E344" s="3"/>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
       <c r="H344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="C345" s="3">
-        <v>20443327798</v>
+        <v>76090336</v>
       </c>
       <c r="D345" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C346" s="3">
-        <v>20172474501</v>
+        <v>76186689</v>
       </c>
       <c r="D346" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E346" s="3"/>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
       <c r="H346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="C347" s="3">
-        <v>31361277</v>
+        <v>20613422456</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E347" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E347" s="3" t="s">
+        <v>403</v>
+      </c>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="C348" s="3">
-        <v>80034975</v>
+        <v>10404084424</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E348" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E348" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
       <c r="H348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
       <c r="C349" s="3">
-        <v>71846902</v>
+        <v>31016392</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C350" s="3">
-        <v>46457984</v>
+        <v>31521512</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="C351" s="3">
-        <v>43910292</v>
+        <v>44406660</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E351" s="3"/>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
       <c r="H351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="C352" s="3">
-        <v>10459457319</v>
+        <v>47758009</v>
       </c>
       <c r="D352" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="C353" s="3">
-        <v>31008738</v>
+        <v>42171947</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E353" s="3"/>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
       <c r="H353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
       <c r="C354" s="3">
-        <v>31011070</v>
+        <v>77204923</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C355" s="3">
-        <v>72675670</v>
+        <v>20490443640</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E355" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E355" s="3" t="s">
+        <v>412</v>
+      </c>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="C356" s="3">
-        <v>22082980</v>
+        <v>20485584880</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E356" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E356" s="3" t="s">
+        <v>414</v>
+      </c>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
       <c r="H356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C357" s="3">
-        <v>41492844</v>
+        <v>20562836927</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E357" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E357" s="3" t="s">
+        <v>416</v>
+      </c>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="C358" s="3">
-        <v>31032450</v>
+        <v>47141171</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E358" s="3"/>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
       <c r="H358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="C359" s="3">
-        <v>40993753</v>
+        <v>71332630</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
-        <v>422</v>
+        <v>419</v>
       </c>
       <c r="C360" s="3">
-        <v>40000574</v>
+        <v>47765576</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E360" s="3"/>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
-        <v>423</v>
+        <v>420</v>
       </c>
       <c r="C361" s="3">
-        <v>70772162</v>
+        <v>48905585</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E361" s="3"/>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="C362" s="3">
-        <v>76942002</v>
+        <v>77210826</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
-        <v>425</v>
+        <v>422</v>
       </c>
       <c r="C363" s="3">
-        <v>31022370</v>
+        <v>46605021</v>
       </c>
       <c r="D363" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E363" s="3"/>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
       <c r="H363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>426</v>
+        <v>423</v>
       </c>
       <c r="C364" s="3">
-        <v>10100529161</v>
+        <v>20606528974</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>37</v>
+        <v>424</v>
       </c>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
       <c r="H364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C365" s="3">
-        <v>47275267</v>
+        <v>20603225750</v>
       </c>
       <c r="D365" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E365" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E365" s="3" t="s">
+        <v>426</v>
+      </c>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C366" s="3">
-        <v>43098000</v>
+        <v>44924253</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E366" s="3"/>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
       <c r="H366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C367" s="3">
-        <v>45894504</v>
+        <v>71742933</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E367" s="3"/>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
       <c r="H367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C368" s="3">
-        <v>42849415</v>
+        <v>41955605</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C369" s="3">
-        <v>47070577</v>
+        <v>31040769</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E369" s="3"/>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>432</v>
+        <v>431</v>
       </c>
       <c r="C370" s="3">
-        <v>43574405</v>
+        <v>45459744</v>
       </c>
       <c r="D370" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E370" s="3"/>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
-        <v>433</v>
+        <v>432</v>
       </c>
       <c r="C371" s="3">
-        <v>40871592</v>
+        <v>31044530</v>
       </c>
       <c r="D371" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
-        <v>434</v>
+        <v>433</v>
       </c>
       <c r="C372" s="3">
-        <v>72773939</v>
+        <v>70156218</v>
       </c>
       <c r="D372" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E372" s="3"/>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
       <c r="H372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>435</v>
+        <v>434</v>
       </c>
       <c r="C373" s="3">
-        <v>70753219</v>
+        <v>42146613</v>
       </c>
       <c r="D373" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E373" s="3"/>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
+        <v>435</v>
+      </c>
+      <c r="C374" s="3" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>47342882</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
         <v>437</v>
       </c>
       <c r="C375" s="3">
-        <v>71387159</v>
+        <v>31043703</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E375" s="3"/>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
       <c r="H375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
         <v>438</v>
       </c>
       <c r="C376" s="3">
-        <v>71398907</v>
+        <v>10239915073</v>
       </c>
       <c r="D376" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E376" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E376" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
       <c r="H376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
         <v>439</v>
       </c>
       <c r="C377" s="3">
-        <v>71948856</v>
+        <v>20501057682</v>
       </c>
       <c r="D377" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E377" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E377" s="3" t="s">
+        <v>440</v>
+      </c>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C378" s="3">
-        <v>47755794</v>
+        <v>20443327798</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E378" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E378" s="3" t="s">
+        <v>442</v>
+      </c>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
       <c r="H378" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" s="3">
+        <v>377</v>
+      </c>
+      <c r="B379" s="3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C379" s="3">
+        <v>20172474501</v>
+      </c>
+      <c r="D379" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E379" s="3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F379" s="3"/>
+      <c r="G379" s="3"/>
+      <c r="H379" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" s="3">
+        <v>378</v>
+      </c>
+      <c r="B380" s="3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C380" s="3">
+        <v>31361277</v>
+      </c>
+      <c r="D380" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E380" s="3"/>
+      <c r="F380" s="3"/>
+      <c r="G380" s="3"/>
+      <c r="H380" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" s="3">
+        <v>379</v>
+      </c>
+      <c r="B381" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C381" s="3">
+        <v>80034975</v>
+      </c>
+      <c r="D381" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E381" s="3"/>
+      <c r="F381" s="3"/>
+      <c r="G381" s="3"/>
+      <c r="H381" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" s="3">
+        <v>380</v>
+      </c>
+      <c r="B382" s="3" t="s">
+        <v>447</v>
+      </c>
+      <c r="C382" s="3">
+        <v>71846902</v>
+      </c>
+      <c r="D382" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E382" s="3"/>
+      <c r="F382" s="3"/>
+      <c r="G382" s="3"/>
+      <c r="H382" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" s="3">
+        <v>381</v>
+      </c>
+      <c r="B383" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="C383" s="3">
+        <v>46457984</v>
+      </c>
+      <c r="D383" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E383" s="3"/>
+      <c r="F383" s="3"/>
+      <c r="G383" s="3"/>
+      <c r="H383" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" s="3">
+        <v>382</v>
+      </c>
+      <c r="B384" s="3" t="s">
+        <v>449</v>
+      </c>
+      <c r="C384" s="3">
+        <v>43910292</v>
+      </c>
+      <c r="D384" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E384" s="3"/>
+      <c r="F384" s="3"/>
+      <c r="G384" s="3"/>
+      <c r="H384" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" s="3">
+        <v>383</v>
+      </c>
+      <c r="B385" s="3" t="s">
+        <v>450</v>
+      </c>
+      <c r="C385" s="3">
+        <v>10459457319</v>
+      </c>
+      <c r="D385" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E385" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F385" s="3"/>
+      <c r="G385" s="3"/>
+      <c r="H385" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" s="3">
+        <v>384</v>
+      </c>
+      <c r="B386" s="3" t="s">
+        <v>451</v>
+      </c>
+      <c r="C386" s="3">
+        <v>31008738</v>
+      </c>
+      <c r="D386" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E386" s="3"/>
+      <c r="F386" s="3"/>
+      <c r="G386" s="3"/>
+      <c r="H386" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" s="3">
+        <v>385</v>
+      </c>
+      <c r="B387" s="3" t="s">
+        <v>452</v>
+      </c>
+      <c r="C387" s="3">
+        <v>31011070</v>
+      </c>
+      <c r="D387" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E387" s="3"/>
+      <c r="F387" s="3"/>
+      <c r="G387" s="3"/>
+      <c r="H387" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" s="3">
+        <v>386</v>
+      </c>
+      <c r="B388" s="3" t="s">
+        <v>453</v>
+      </c>
+      <c r="C388" s="3">
+        <v>72675670</v>
+      </c>
+      <c r="D388" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E388" s="3"/>
+      <c r="F388" s="3"/>
+      <c r="G388" s="3"/>
+      <c r="H388" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" s="3">
+        <v>387</v>
+      </c>
+      <c r="B389" s="3" t="s">
+        <v>454</v>
+      </c>
+      <c r="C389" s="3">
+        <v>22082980</v>
+      </c>
+      <c r="D389" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E389" s="3"/>
+      <c r="F389" s="3"/>
+      <c r="G389" s="3"/>
+      <c r="H389" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" s="3">
+        <v>388</v>
+      </c>
+      <c r="B390" s="3" t="s">
+        <v>455</v>
+      </c>
+      <c r="C390" s="3">
+        <v>41492844</v>
+      </c>
+      <c r="D390" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E390" s="3"/>
+      <c r="F390" s="3"/>
+      <c r="G390" s="3"/>
+      <c r="H390" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" s="3">
+        <v>389</v>
+      </c>
+      <c r="B391" s="3" t="s">
+        <v>456</v>
+      </c>
+      <c r="C391" s="3">
+        <v>44721052</v>
+      </c>
+      <c r="D391" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E391" s="3"/>
+      <c r="F391" s="3"/>
+      <c r="G391" s="3"/>
+      <c r="H391" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" s="3">
+        <v>390</v>
+      </c>
+      <c r="B392" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="C392" s="3">
+        <v>31032450</v>
+      </c>
+      <c r="D392" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E392" s="3"/>
+      <c r="F392" s="3"/>
+      <c r="G392" s="3"/>
+      <c r="H392" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" s="3">
+        <v>391</v>
+      </c>
+      <c r="B393" s="3" t="s">
+        <v>458</v>
+      </c>
+      <c r="C393" s="3">
+        <v>40993753</v>
+      </c>
+      <c r="D393" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E393" s="3"/>
+      <c r="F393" s="3"/>
+      <c r="G393" s="3"/>
+      <c r="H393" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" s="3">
+        <v>392</v>
+      </c>
+      <c r="B394" s="3" t="s">
+        <v>459</v>
+      </c>
+      <c r="C394" s="3">
+        <v>40000574</v>
+      </c>
+      <c r="D394" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E394" s="3"/>
+      <c r="F394" s="3"/>
+      <c r="G394" s="3"/>
+      <c r="H394" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" s="3">
+        <v>393</v>
+      </c>
+      <c r="B395" s="3" t="s">
+        <v>460</v>
+      </c>
+      <c r="C395" s="3">
+        <v>70772162</v>
+      </c>
+      <c r="D395" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E395" s="3"/>
+      <c r="F395" s="3"/>
+      <c r="G395" s="3"/>
+      <c r="H395" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" s="3">
+        <v>394</v>
+      </c>
+      <c r="B396" s="3" t="s">
+        <v>461</v>
+      </c>
+      <c r="C396" s="3">
+        <v>76942002</v>
+      </c>
+      <c r="D396" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E396" s="3"/>
+      <c r="F396" s="3"/>
+      <c r="G396" s="3"/>
+      <c r="H396" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" s="3">
+        <v>395</v>
+      </c>
+      <c r="B397" s="3" t="s">
+        <v>462</v>
+      </c>
+      <c r="C397" s="3">
+        <v>31022370</v>
+      </c>
+      <c r="D397" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E397" s="3"/>
+      <c r="F397" s="3"/>
+      <c r="G397" s="3"/>
+      <c r="H397" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" s="3">
+        <v>396</v>
+      </c>
+      <c r="B398" s="3" t="s">
+        <v>463</v>
+      </c>
+      <c r="C398" s="3">
+        <v>10100529161</v>
+      </c>
+      <c r="D398" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E398" s="3" t="s">
+        <v>37</v>
+      </c>
+      <c r="F398" s="3"/>
+      <c r="G398" s="3"/>
+      <c r="H398" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" s="3">
+        <v>397</v>
+      </c>
+      <c r="B399" s="3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C399" s="3">
+        <v>47275267</v>
+      </c>
+      <c r="D399" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E399" s="3"/>
+      <c r="F399" s="3"/>
+      <c r="G399" s="3"/>
+      <c r="H399" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" s="3">
+        <v>398</v>
+      </c>
+      <c r="B400" s="3" t="s">
+        <v>465</v>
+      </c>
+      <c r="C400" s="3">
+        <v>43098000</v>
+      </c>
+      <c r="D400" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E400" s="3"/>
+      <c r="F400" s="3"/>
+      <c r="G400" s="3"/>
+      <c r="H400" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" s="3">
+        <v>399</v>
+      </c>
+      <c r="B401" s="3" t="s">
+        <v>466</v>
+      </c>
+      <c r="C401" s="3">
+        <v>45894504</v>
+      </c>
+      <c r="D401" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E401" s="3"/>
+      <c r="F401" s="3"/>
+      <c r="G401" s="3"/>
+      <c r="H401" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" s="3">
+        <v>400</v>
+      </c>
+      <c r="B402" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="C402" s="3">
+        <v>25867211</v>
+      </c>
+      <c r="D402" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E402" s="3"/>
+      <c r="F402" s="3"/>
+      <c r="G402" s="3"/>
+      <c r="H402" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" s="3">
+        <v>401</v>
+      </c>
+      <c r="B403" s="3" t="s">
+        <v>468</v>
+      </c>
+      <c r="C403" s="3">
+        <v>42849415</v>
+      </c>
+      <c r="D403" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E403" s="3"/>
+      <c r="F403" s="3"/>
+      <c r="G403" s="3"/>
+      <c r="H403" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" s="3">
+        <v>402</v>
+      </c>
+      <c r="B404" s="3" t="s">
+        <v>469</v>
+      </c>
+      <c r="C404" s="3">
+        <v>47070577</v>
+      </c>
+      <c r="D404" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E404" s="3"/>
+      <c r="F404" s="3"/>
+      <c r="G404" s="3"/>
+      <c r="H404" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" s="3">
+        <v>403</v>
+      </c>
+      <c r="B405" s="3" t="s">
+        <v>470</v>
+      </c>
+      <c r="C405" s="3">
+        <v>47092775</v>
+      </c>
+      <c r="D405" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E405" s="3"/>
+      <c r="F405" s="3"/>
+      <c r="G405" s="3"/>
+      <c r="H405" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" s="3">
+        <v>404</v>
+      </c>
+      <c r="B406" s="3" t="s">
+        <v>471</v>
+      </c>
+      <c r="C406" s="3">
+        <v>43574405</v>
+      </c>
+      <c r="D406" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E406" s="3"/>
+      <c r="F406" s="3"/>
+      <c r="G406" s="3"/>
+      <c r="H406" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" s="3">
+        <v>405</v>
+      </c>
+      <c r="B407" s="3" t="s">
+        <v>472</v>
+      </c>
+      <c r="C407" s="3">
+        <v>40871592</v>
+      </c>
+      <c r="D407" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E407" s="3"/>
+      <c r="F407" s="3"/>
+      <c r="G407" s="3"/>
+      <c r="H407" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" s="3">
+        <v>406</v>
+      </c>
+      <c r="B408" s="3" t="s">
+        <v>473</v>
+      </c>
+      <c r="C408" s="3">
+        <v>72773939</v>
+      </c>
+      <c r="D408" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E408" s="3"/>
+      <c r="F408" s="3"/>
+      <c r="G408" s="3"/>
+      <c r="H408" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" s="3">
+        <v>407</v>
+      </c>
+      <c r="B409" s="3" t="s">
+        <v>474</v>
+      </c>
+      <c r="C409" s="3">
+        <v>70753219</v>
+      </c>
+      <c r="D409" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E409" s="3"/>
+      <c r="F409" s="3"/>
+      <c r="G409" s="3"/>
+      <c r="H409" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" s="3">
+        <v>408</v>
+      </c>
+      <c r="B410" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="C410" s="3">
+        <v>47342882</v>
+      </c>
+      <c r="D410" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E410" s="3"/>
+      <c r="F410" s="3"/>
+      <c r="G410" s="3"/>
+      <c r="H410" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" s="3">
+        <v>409</v>
+      </c>
+      <c r="B411" s="3" t="s">
+        <v>476</v>
+      </c>
+      <c r="C411" s="3">
+        <v>71387159</v>
+      </c>
+      <c r="D411" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E411" s="3"/>
+      <c r="F411" s="3"/>
+      <c r="G411" s="3"/>
+      <c r="H411" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" s="3">
+        <v>410</v>
+      </c>
+      <c r="B412" s="3" t="s">
+        <v>477</v>
+      </c>
+      <c r="C412" s="3">
+        <v>71398907</v>
+      </c>
+      <c r="D412" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E412" s="3"/>
+      <c r="F412" s="3"/>
+      <c r="G412" s="3"/>
+      <c r="H412" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" s="3">
+        <v>411</v>
+      </c>
+      <c r="B413" s="3" t="s">
+        <v>478</v>
+      </c>
+      <c r="C413" s="3">
+        <v>71948856</v>
+      </c>
+      <c r="D413" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E413" s="3"/>
+      <c r="F413" s="3"/>
+      <c r="G413" s="3"/>
+      <c r="H413" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="3">
+        <v>412</v>
+      </c>
+      <c r="B414" s="3" t="s">
+        <v>479</v>
+      </c>
+      <c r="C414" s="3">
+        <v>76784912</v>
+      </c>
+      <c r="D414" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E414" s="3"/>
+      <c r="F414" s="3"/>
+      <c r="G414" s="3"/>
+      <c r="H414" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="3">
+        <v>413</v>
+      </c>
+      <c r="B415" s="3" t="s">
+        <v>480</v>
+      </c>
+      <c r="C415" s="3">
+        <v>47755794</v>
+      </c>
+      <c r="D415" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E415" s="3"/>
+      <c r="F415" s="3"/>
+      <c r="G415" s="3"/>
+      <c r="H415" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>