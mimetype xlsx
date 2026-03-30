--- v1 (2026-02-08)
+++ v2 (2026-03-30)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Reporte de Clientes" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="481">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>REPORTE DE CLIENTES REGISTRADOS</t>
   </si>
   <si>
     <t>ITEM</t>
   </si>
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>N° DOCUMENTO</t>
   </si>
   <si>
     <t>TIPO</t>
   </si>
   <si>
     <t>DIRECCION</t>
   </si>
   <si>
     <t>TELEFONO</t>
   </si>
   <si>
     <t>CORREO ELECTRONICO</t>
   </si>
   <si>
@@ -131,50 +131,53 @@
   <si>
     <t>09569794</t>
   </si>
   <si>
     <t>ANA OLIMPIA MARTICORENA VIZCARRA</t>
   </si>
   <si>
     <t>09539794</t>
   </si>
   <si>
     <t>ANALU ESPIRILLA FERNANDEZ</t>
   </si>
   <si>
     <t>ANALY  CHIPANA HUARCA</t>
   </si>
   <si>
     <t>ANCCO ARIAS KAYREL SELENY</t>
   </si>
   <si>
     <t>- - - - - - -</t>
   </si>
   <si>
     <t>ANDREE RODRIGO MARQUEZ QUISPE</t>
   </si>
   <si>
+    <t>ANGELICA  PERALTA PINTO</t>
+  </si>
+  <si>
     <t>ANNY VALERY PUMACAYO CALLONZA</t>
   </si>
   <si>
     <t>ANTILLA COPPER SOCIEDAD ANONIMA</t>
   </si>
   <si>
     <t>CAL.GERMAN SCHREIBER NRO. 276 URB.  SANTA ANA - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>APOLONIA MARIA ESTRADA CONDORI</t>
   </si>
   <si>
     <t>09338012</t>
   </si>
   <si>
     <t>ARCELORMITTAL INTERNATIONAL PERU S.A.C.</t>
   </si>
   <si>
     <t>AV. JOSE LARCO NRO. 1232 URB.  ARMENDARIZ  (PISO 11, OFICINA 11-118) - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>ARON  ZAMBRANO VELAZQUES</t>
   </si>
   <si>
     <t>ASOC.DES.EMP.APURIMAC, ANDAHYLS Y CHINCH</t>
@@ -215,50 +218,56 @@
   <si>
     <t>BADIM  ZEA PALOMINO</t>
   </si>
   <si>
     <t>BAVUTTI BRAVO IVAN ENRIQUE</t>
   </si>
   <si>
     <t>BEATRIZ MELANI MUÃOZ BAZAN</t>
   </si>
   <si>
     <t>BELIZARIO  TAYPE MERINO</t>
   </si>
   <si>
     <t>BENEDICTA  BARDALAMA GUILLEN</t>
   </si>
   <si>
     <t>BENITO  SAUÃE CRUZ</t>
   </si>
   <si>
     <t>BENJAMIN  ALVITES NUÃEZ</t>
   </si>
   <si>
     <t>BERTHA  GAMARRA CHIRINOS</t>
   </si>
   <si>
+    <t>BERTHA  PALMA CHIPANA</t>
+  </si>
+  <si>
+    <t>09718617</t>
+  </si>
+  <si>
     <t>BETTY  CHALQUE MENDOZA</t>
   </si>
   <si>
     <t>BLANCA  ZEA PEREZ</t>
   </si>
   <si>
     <t>08877065</t>
   </si>
   <si>
     <t>BLANCA AZUCENA CAMACHO VARGAS</t>
   </si>
   <si>
     <t>BRAND MICHELL SANCHEZ VALVERDE</t>
   </si>
   <si>
     <t>BRAULIO  HUACHACA FERRO</t>
   </si>
   <si>
     <t>BRHANDON  AQUINO AYMARA</t>
   </si>
   <si>
     <t>CANDY MAGALY CCOSCCO HUARACA</t>
   </si>
   <si>
     <t>CARLOS  VARGAS SUCASAIRE</t>
@@ -284,95 +293,104 @@
   <si>
     <t>CCASA ZANABRIA LUNAR</t>
   </si>
   <si>
     <t>CHARO  VENTURA GOMEZ</t>
   </si>
   <si>
     <t>CHINA RAILWAY TUNNEL GROUP CO., LTD SUCURSAL DEL PERU</t>
   </si>
   <si>
     <t>CAL.MANUEL GONZALES OLAECHEA NRO. 259 URB.  LIMATAMBO - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>CLEDY  VERA RODRIGUEZ</t>
   </si>
   <si>
     <t>CLEOFE NAYELY CHAPARRO GOMEZ</t>
   </si>
   <si>
     <t>CLINICA SEJURO E.I.R.L.</t>
   </si>
   <si>
     <t>AV. ANDRES AVELINO CACERES NRO. 392 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
+    <t>COMPANIA MINERA ARES S.A.C.</t>
+  </si>
+  <si>
+    <t>CAL.LA COLONIA NRO. 180 URB.  EL VIVERO - SANTIAGO DE SURCO - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>COMPANY E&amp;H CONTRERAS SOCIEDAD ANONIMA CERRADA</t>
   </si>
   <si>
     <t>JR. LAS GARDENIAS NRO. SN URB.  VICTOR ACOSTA RIOS - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CONECTA RETAIL S.A.</t>
   </si>
   <si>
     <t>AV. LUIS GONZALES NRO. 1315 URB.  CERCADO DE CHICLAYO - CHICLAYO - CHICLAYO - LAMBAYEQUE</t>
   </si>
   <si>
     <t>CONSORCIO CHINCHEROS II</t>
   </si>
   <si>
     <t>AV. ANDRES AVELINO CACERES LOTE. 02 INT. P.01 OTR.  ZONA 1 - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>COOPERATIVA DE AHORRO Y CREDITO SANTO DOMINGO DE GUZMAN DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. SOL NRO. 415 CASCO MONUMENTAL - CUSCO - CUSCO - CUSCO</t>
   </si>
   <si>
     <t>CORTE SUPERIOR DE JUSTICIA DE APURIMAC</t>
   </si>
   <si>
     <t>AV. DIAZ BARCENAS NRO. 100 (LOCAL DE PODER JUDICIAL) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>CRISTHIAN IRVING DUEÃAS BUSTINZA</t>
   </si>
   <si>
     <t>DAELA MARIAN LOPEZ BAUTISTA</t>
   </si>
   <si>
     <t>DALMIRO  CONTRERAS CASTAÃEDA</t>
   </si>
   <si>
     <t>DANIELA  SANTOS VARGAS</t>
   </si>
   <si>
     <t>DAVID  HUAMANTICA OCHOA</t>
   </si>
   <si>
+    <t>DAYANA MARYCIELO LEON RODRIGUEZ</t>
+  </si>
+  <si>
     <t>DAYANNE LIZ VILLEGAS URRUTIA</t>
   </si>
   <si>
     <t>DE LA CRUZ CONDORI MANUEL MATEO</t>
   </si>
   <si>
     <t>DELFINA  TAMBRAICO HUARCAYA</t>
   </si>
   <si>
     <t>DELIA  MONZON ARIAS</t>
   </si>
   <si>
     <t>DELIA HERMELINDA FLORES VALENZUELA</t>
   </si>
   <si>
     <t>DELIA NORMA ESPINOZA PACHECO</t>
   </si>
   <si>
     <t>DINA  CORTEZ CHIPANE</t>
   </si>
   <si>
     <t>DINA  HERRERA FALCON</t>
   </si>
   <si>
     <t>DIRECCION  REGIONAL DE TRANSPORTES Y COMUNICACIONES  DE APURIMAC</t>
@@ -500,50 +518,53 @@
   <si>
     <t>FIORELA MAGALI YUCRA TAPIA</t>
   </si>
   <si>
     <t>FIORELA YISSENIA MONZON SANCHEZ</t>
   </si>
   <si>
     <t>FLOR DE LIZ BEDIA CRUZ</t>
   </si>
   <si>
     <t>FLORA  FLORES CHECCLLO</t>
   </si>
   <si>
     <t>FLORENTINO  NUÃEZ CAMARGO</t>
   </si>
   <si>
     <t>FREDY  GONZALES ALVAREZ</t>
   </si>
   <si>
     <t>FREDY  PALOMINO SOTO</t>
   </si>
   <si>
     <t>FREDY RONALD CCAYHUARI CHIPA</t>
   </si>
   <si>
+    <t>FRIDE  CCORMORAY CARRASCO</t>
+  </si>
+  <si>
     <t>GARY FRESNET VEGA CABRERA</t>
   </si>
   <si>
     <t>GENOVEVA  CCOLCCA DAMIAN</t>
   </si>
   <si>
     <t>GEORDY  SEGURA SEVILLANOS</t>
   </si>
   <si>
     <t>GERVACIO  ZAMBRANO AMAO</t>
   </si>
   <si>
     <t>GIAN FRANCO ACRA PORTILLA</t>
   </si>
   <si>
     <t>GIANELLA PAOLA GONZALES CERVANTES</t>
   </si>
   <si>
     <t>GLADIZ  ALATA CONTRERAS</t>
   </si>
   <si>
     <t>GLADYS  VILLEGAS MONZON</t>
   </si>
   <si>
     <t>GRACIELA  TELLO CASTRO</t>
@@ -560,50 +581,53 @@
   <si>
     <t>GRUPO RUBEN MATIASS EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>AV. ARENAS NRO. 137 (COSTADO DE AGENCIA WARI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>GRUPO ZHC S.A.C.</t>
   </si>
   <si>
     <t>MZA. E LOTE. 24 OTR.  SECTOR 1 GRUPO 3 CERCADO - VILLA EL SALVADOR - LIMA - LIMA</t>
   </si>
   <si>
     <t>GUTIERREZ AGUIRRE ABEL CELESTINO</t>
   </si>
   <si>
     <t>HENRY JOSUE MAMANI ALATA</t>
   </si>
   <si>
     <t>HERMINIO  QUISPE ROJAS</t>
   </si>
   <si>
     <t>HEYSSEN JHULIT CORDERO MARAVI</t>
   </si>
   <si>
+    <t>HH BRAND SAC</t>
+  </si>
+  <si>
     <t>HILDA  GONZALES CERRO</t>
   </si>
   <si>
     <t>HILDA YESSLNY QUISPE ATAO</t>
   </si>
   <si>
     <t>HOSPITAL REGIONAL GUILLERMO DIAZ DE LA VEGA</t>
   </si>
   <si>
     <t>AV. DANIEL ALCIDEZ CARRION</t>
   </si>
   <si>
     <t>HUARHUA ENCISO SENJI SAUL</t>
   </si>
   <si>
     <t>HUGO ALFREDO BENAVIDES CHAVEZ</t>
   </si>
   <si>
     <t>HUGO ROLANDO ORTEGA CERVANTES</t>
   </si>
   <si>
     <t>INCA PAULLO MERIDA</t>
   </si>
   <si>
     <t>INGA OQUENDO ALEX TITO</t>
@@ -611,116 +635,128 @@
   <si>
     <t>INSTITUTO DE CAPACITACIONES PROFESIONALES ELECTROTECH S.A.C</t>
   </si>
   <si>
     <t>JR. MANUEL ASCENCIO SEGURA NRO. 142 INT. 304 URB.  SANTA BEATRIZ  (A MEDIA CUADRA DEL HOSPITAL REBAGLIATI) - LINCE - LIMA - LIMA</t>
   </si>
   <si>
     <t>INSTITUTO NACIONAL DE RADIO Y TELEVISION DEL PERU_IRTP.</t>
   </si>
   <si>
     <t>AV. JOSE GALVEZ NRO. 1040 URB.  SANTA BEATRIZ - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>INVERSIONES VETERINARIAS VET PLANET E.I.R.L.</t>
   </si>
   <si>
     <t>AV. CIRCUNVALACIÃN NRO. SN (A 1 CDRA  DE SENATI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>IRIS NATALY CHANCCO MENDOZA</t>
   </si>
   <si>
     <t>IRMA BETTY OTAZU ALARCON</t>
   </si>
   <si>
+    <t>ISAAC VALENTIN VERA BUSTOS</t>
+  </si>
+  <si>
     <t>ISABEL  SANCHEZ ESCALANTE</t>
   </si>
   <si>
     <t>ISABEL JESUSA AYBAR DAMIAN</t>
   </si>
   <si>
     <t>JACKSON RANIHEL LOPEZ MAS</t>
   </si>
   <si>
     <t>JAFET  AYMARA VELASQUE</t>
   </si>
   <si>
     <t>JANE JUSTINE BARRIENTOS CARRASCO</t>
   </si>
   <si>
     <t>JANET NOEMI SANCHEZ ESPINOZA</t>
   </si>
   <si>
     <t>JANNETT  BRAVO SALAS</t>
   </si>
   <si>
     <t>JANNY  ALZAMORA GAMARRA</t>
   </si>
   <si>
     <t>JAVIER  LLACSA SOCANTAIPE</t>
   </si>
   <si>
+    <t>JAVIER ARNALDO FLORES AYALA</t>
+  </si>
+  <si>
+    <t>06672481</t>
+  </si>
+  <si>
     <t>JESUS  ENCISO HURTADO</t>
   </si>
   <si>
     <t>JESUS MANUEL LOPEZ ALTAMIZA</t>
   </si>
   <si>
     <t>JESUSA  PALOMINO DE ALARCON</t>
   </si>
   <si>
     <t>JHON MISTER MANDURTUPA ARQQUE</t>
   </si>
   <si>
     <t>JHON WANDILO QUISPE SALAS</t>
   </si>
   <si>
     <t>JOEL LEON ALEGRIA LEON</t>
   </si>
   <si>
     <t>JOHANN WALTER HUILLCA ARAMBURU</t>
   </si>
   <si>
     <t>JOHN ROBERT PEÃA BATALLANOS</t>
   </si>
   <si>
     <t>JORDY MAXWILL MIRANDA SALAS</t>
   </si>
   <si>
     <t>JORGE ARMANDO OLIVARES CALLER</t>
   </si>
   <si>
     <t>JORGE LUIS JARA HERRERA</t>
   </si>
   <si>
     <t>JORGE SAMUEL CRUZ ZAVALA</t>
   </si>
   <si>
     <t>JORGE SANTIAGO GONZALES CERRO</t>
   </si>
   <si>
+    <t>JOSE  TERZI CCOÃISLLA</t>
+  </si>
+  <si>
     <t>JOSE CARLOS PEREIRA ALAGON</t>
   </si>
   <si>
     <t>JOSE LUIS MORIANO GASPAR</t>
   </si>
   <si>
     <t>JOSE LUIS RIMASCCA HUAYLLA</t>
   </si>
   <si>
     <t>JOSE MIGUEL VILCAS RAMOS</t>
   </si>
   <si>
     <t>JOSE RAUL MUÃOZ NAVARRO</t>
   </si>
   <si>
     <t>JUAN  DAMIAN VALDERRAMA</t>
   </si>
   <si>
     <t>JUAN  GAMARRA PANIAGUA</t>
   </si>
   <si>
     <t>AV. PACHACUTEC S/N</t>
   </si>
   <si>
     <t>JUAN CARLOS MANSILLA ARANIBAR</t>
@@ -839,50 +875,53 @@
   <si>
     <t>LUIS ALBERTO ESPINOZA GUTIERREZ</t>
   </si>
   <si>
     <t>LUIS ALBERTO SHADIR AEDO HUAMANI</t>
   </si>
   <si>
     <t>LUIS MIGUEL CALLE FALCON</t>
   </si>
   <si>
     <t>LUISA  TUIRO CERVANTES</t>
   </si>
   <si>
     <t>LUNA ROMERO PAULINA</t>
   </si>
   <si>
     <t>LUZ ABIGAIL PEREZ HUAÃA</t>
   </si>
   <si>
     <t>LUZ CARDA ALTAMIRANO CARIBE</t>
   </si>
   <si>
     <t>LUZ CLARITA SORIA GONZALES</t>
   </si>
   <si>
+    <t>LUZ MARGOT ROJAS UTANI</t>
+  </si>
+  <si>
     <t>LUZ MICAELA SANTOS SANCHEZ</t>
   </si>
   <si>
     <t>MABEL  PIEDRA CABELLOS</t>
   </si>
   <si>
     <t>MAGDELY  MEDRANO JIMENEZ</t>
   </si>
   <si>
     <t>MANUEL RONALDO CAMERO CRUZ</t>
   </si>
   <si>
     <t>MANUFACTURAS SAN ISIDRO S.A.C.</t>
   </si>
   <si>
     <t>JR. AZANGARO NRO. 246 - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>MARCA URPE SANTOS GREGORIO</t>
   </si>
   <si>
     <t>MARCELINA  ORTIZ LIPA</t>
   </si>
   <si>
     <t>MARCELINA  ZAMORA ORTIZ</t>
@@ -929,83 +968,95 @@
   <si>
     <t>MARINA  MALDONADO MENDOZA</t>
   </si>
   <si>
     <t>MARISOL  FALCON SAAVEDRA</t>
   </si>
   <si>
     <t>MARISOL  MARTINEZ HUAMANI</t>
   </si>
   <si>
     <t>MARITSA  MEZA BORDA</t>
   </si>
   <si>
     <t>MARITZA  SOTO MIRANDA</t>
   </si>
   <si>
     <t>MARIZELA  QUISPE PUMA</t>
   </si>
   <si>
     <t>MARIZOL  MOLINA MUÃOZ</t>
   </si>
   <si>
     <t>MARK RUI MERMA MENA</t>
   </si>
   <si>
+    <t>MARLENY  ANCCO CCASA</t>
+  </si>
+  <si>
     <t>MARUJA  MARTINEZ DURAN</t>
   </si>
   <si>
     <t>MARUJA CAROLINA CARBAJAL CONTRERAS</t>
   </si>
   <si>
     <t>MARY LUZ MARQUEZ HUAMANÃAHUI</t>
   </si>
   <si>
     <t>MARY LUZ ÃAHUINLLA ENCISO</t>
   </si>
   <si>
     <t>MAXIMILIANA  FLORES LLACCTAS</t>
   </si>
   <si>
     <t>MAYELI  MONTES LOPEZ</t>
   </si>
   <si>
     <t>MEILYN  GARCIA FERRO</t>
   </si>
   <si>
     <t>MELITON  FERNANDEZ JIMENEZ</t>
   </si>
   <si>
     <t>MENDIX  MENDIVIL CAMERO</t>
   </si>
   <si>
+    <t>MICHAEL LEONARDO PAUCAR PAUCAR</t>
+  </si>
+  <si>
     <t>MIGUEL GERARDO MENDOZA VARGAS</t>
   </si>
   <si>
     <t>09672411</t>
   </si>
   <si>
+    <t>MINARES SOUTH S.R.L.</t>
+  </si>
+  <si>
+    <t>AV. SIMON BOLIVAR NRO. 147 (ALTURA CUADRA 15 DE LA AVENIDA BRASIL) - PUEBLO LIBRE (MAGDALENA VIEJA) - LIMA - LIMA</t>
+  </si>
+  <si>
     <t>MIRIAM LIZETH DAVILA MACUYAMA</t>
   </si>
   <si>
     <t>MIRIAM MAGALY BARRIONUEVO QUIROGA</t>
   </si>
   <si>
     <t>MIRTHA GLADIS HUARACA HUAMANI</t>
   </si>
   <si>
     <t>MUNICIPALIDAD PROVINCIAL DE ABANCAY</t>
   </si>
   <si>
     <t>JR. LIMA NRO. 204 CERCADO - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>MWC SAN VICENTE S.A.C.</t>
   </si>
   <si>
     <t>MZA. L2 LOTE. 3 URB.  RESIDENCIAL EL PINAR  (ET. 2) - COMAS - LIMA - LIMA</t>
   </si>
   <si>
     <t>NAISHA DANITZA SALAS ALVAREZ</t>
   </si>
   <si>
     <t>NANCY  ALVAREZ FUNDIA</t>
@@ -1067,92 +1118,101 @@
   <si>
     <t>OMNER AARON RAMIREZ SANCHEZ</t>
   </si>
   <si>
     <t>ORTHODENTIS PERU S.A.C.</t>
   </si>
   <si>
     <t>JR. RAMON CASTILLA NRO. 210 (2CASAS DE DAVID SAMANEZ 2DO PISO) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>ORTIZ LLAMCCAYA HITLER</t>
   </si>
   <si>
     <t>ORTOMEDIC A &amp; R S.R.L.</t>
   </si>
   <si>
     <t>JR. RUFINO TORRICO NRO. 559 INT. 305 CERCADO DE LIMA - LIMA - LIMA - LIMA</t>
   </si>
   <si>
     <t>PALOMINO DE FALCON ODILIA</t>
   </si>
   <si>
     <t>PAREDES CATALAN YOLANDA CANDY</t>
   </si>
   <si>
+    <t>PATRICIA  ROBLES ALTAMIRANO</t>
+  </si>
+  <si>
     <t>PAUL ESAU CERECEDA RUIZ</t>
   </si>
   <si>
+    <t>PAUL JESUS HUACHACA SERRANO</t>
+  </si>
+  <si>
     <t>PEDRO  LOPEZ NUÃEZ</t>
   </si>
   <si>
     <t>PEDRO CESAR GUERRA AUCCAPUMA</t>
   </si>
   <si>
     <t>PELAYO  TERRAZAS TRILLO</t>
   </si>
   <si>
     <t>PLACIDO  TRUYENQUE HURTADO</t>
   </si>
   <si>
     <t>PORFIRIO  CAMARGO PABLO</t>
   </si>
   <si>
     <t>PRISCA OFELIA ASCUE IBAÃEZ</t>
   </si>
   <si>
     <t>PROFESSIONAL SERVICE SUPPORT S.A.C.</t>
   </si>
   <si>
     <t>AV. ANGAMOS OESTE NRO. 1569 INT. 202 - MIRAFLORES - LIMA - LIMA</t>
   </si>
   <si>
     <t>PUMA LOPINTA EMERSON</t>
   </si>
   <si>
     <t>RAMIREZ CARDENAS ALICIA</t>
   </si>
   <si>
     <t>RAUL  TRUJILLO CASTRO</t>
   </si>
   <si>
     <t>RAYDA FRANCISCA MENDOZA SANCHEZ</t>
   </si>
   <si>
     <t>REBECA  BULEJE HERRERA</t>
   </si>
   <si>
+    <t>REBELINO  SAAVEDRA CARRION</t>
+  </si>
+  <si>
     <t>RECREATIVOS FARGO SAC</t>
   </si>
   <si>
     <t>JR. GMO.CACERES NRO. 284 CERCADO  (ESQ.CON RAMON CATILLA 2DO PISO) - ANDAHUAYLAS - ANDAHUAYLAS - APURIMAC</t>
   </si>
   <si>
     <t>RENE REMIGIO AIQUIPA MOLINA</t>
   </si>
   <si>
     <t>REYDELUZ MIRLENA ROJAS UTANI</t>
   </si>
   <si>
     <t>RICHARDS VIAGUIS ROMAN TINTAYA</t>
   </si>
   <si>
     <t>RIMAC S.A. ENTIDAD PRESTADORA DE SALUD</t>
   </si>
   <si>
     <t>CAL.EL PARQUE NRO. 149 URB.  JARDIN  (PISO 2) - SAN ISIDRO - LIMA - LIMA</t>
   </si>
   <si>
     <t>ROBERT  CAHUANA TOTOCAYO</t>
   </si>
   <si>
     <t>ROBERTO  FLORES CHIPANA</t>
@@ -1265,50 +1325,53 @@
   <si>
     <t>SEBASTIAN  MOSCOSO VARGAS</t>
   </si>
   <si>
     <t>SEGUNDO PORFIRIO MEJIA VEGA</t>
   </si>
   <si>
     <t>SERVICE A&amp;D GUILLEN'S EMPRESA INDIVIDUAL DE RESPONSABILIDAD LIMITADA</t>
   </si>
   <si>
     <t>PRO.AV PERU MZA. E LOTE. 02 URB.  SANTA SEBASTIANA  (C3P MAT NOBL FRNT ARBOL PISONAY FONAVI) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SERVICENTRO SAN JOSE E.I.R.LTDA.</t>
   </si>
   <si>
     <t>AV. ELIAS NRO. 101 CERCADO  (ESQUINA AVENIDA NUNEZ NRO. 300) - ABANCAY - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SERVICIO NACIONAL FORESTAL Y DE FAUNA SILVESTRE</t>
   </si>
   <si>
     <t>AV. JAVIER PRADO OESTE NRO. 2442 URB.  ORRANTIA  (TORRE CUSTER) - MAGDALENA DEL MAR - LIMA - LIMA</t>
   </si>
   <si>
+    <t>SHADYA KONNY CONDORI JIMENEZ</t>
+  </si>
+  <si>
     <t>SHANARY  PANIAGUA CONTRERAS</t>
   </si>
   <si>
     <t>SHANIA  SANCHEZ SULLCAHUAMAN</t>
   </si>
   <si>
     <t>SHARON KETTY CASANCA CASANI</t>
   </si>
   <si>
     <t>SHAVELY ARIATNA SAAVEDRA HUAMANI</t>
   </si>
   <si>
     <t>SHIRSLEY STEFANIA GOMEZ SAUÃE</t>
   </si>
   <si>
     <t>SIXTO  COSIO TAPIA</t>
   </si>
   <si>
     <t>SOCIEDAD KR PERU E.I.R.L.</t>
   </si>
   <si>
     <t>AV. TUPAC AMUARU NRO. 428 - TAMBURCO - ABANCAY - APURIMAC</t>
   </si>
   <si>
     <t>SOL DEL OCCIDENTE SOCIEDAD ANONIMA CERRADA</t>
@@ -1413,50 +1476,53 @@
     <t>WILDER  PUMACAYO GONZALES</t>
   </si>
   <si>
     <t>WILFREDO  CONTRERAS SALAS</t>
   </si>
   <si>
     <t>WILFREDO  RODRIGUEZ ARBIETO</t>
   </si>
   <si>
     <t>WILSON  CANAHUIRE RAMIREZ</t>
   </si>
   <si>
     <t>WILSON  USTUA ARENAZA</t>
   </si>
   <si>
     <t>YABAR REY DE CASTRO ALONSO</t>
   </si>
   <si>
     <t>YAMELY  GUTIERREZ INFANTAS</t>
   </si>
   <si>
     <t>YANETH  SARMIENTO MANUELO</t>
   </si>
   <si>
     <t>YASMINE ROXANA MOREANO CASTAÃEDA</t>
+  </si>
+  <si>
+    <t>YENI  PEÃA PALIZA</t>
   </si>
   <si>
     <t>YENI  VILCA LIMA</t>
   </si>
   <si>
     <t>YERICA LLANCCAYA TALAVERANO</t>
   </si>
   <si>
     <t>YESICA  CCARHUAS ESPINOZA</t>
   </si>
   <si>
     <t>YESMAN  AYERVE LLAMOCCA</t>
   </si>
   <si>
     <t>YESMINE  CHALLCO SEGOVIA</t>
   </si>
   <si>
     <t>YESSENIA  PINTO PALOMINO</t>
   </si>
   <si>
     <t>YOORDY VLADIMIR ARROYO ESPINOZA</t>
   </si>
   <si>
     <t>YORITH  ALTAMIRANO TICA</t>
   </si>
@@ -1851,54 +1917,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H415"/>
+  <dimension ref="A1:H433"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="H415" sqref="H415"/>
+      <selection activeCell="H433" sqref="H433"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="8" customWidth="true" style="0"/>
     <col min="2" max="2" width="80" customWidth="true" style="0"/>
     <col min="3" max="3" width="20" customWidth="true" style="0"/>
     <col min="4" max="4" width="15" customWidth="true" style="0"/>
     <col min="5" max="5" width="100" customWidth="true" style="0"/>
     <col min="6" max="6" width="20" customWidth="true" style="0"/>
     <col min="7" max="7" width="40" customWidth="true" style="0"/>
     <col min="8" max="8" width="25" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1"/>
       <c r="C1" s="1"/>
       <c r="D1" s="1"/>
       <c r="E1" s="1"/>
       <c r="F1" s="1"/>
       <c r="G1" s="1"/>
       <c r="H1" s="1"/>
@@ -2379,7965 +2445,8329 @@
       </c>
       <c r="B25" s="3" t="s">
         <v>38</v>
       </c>
       <c r="C25" s="3">
         <v>77019101</v>
       </c>
       <c r="D25" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="3">
         <v>24</v>
       </c>
       <c r="B26" s="3" t="s">
         <v>39</v>
       </c>
       <c r="C26" s="3">
-        <v>73375568</v>
+        <v>29634974</v>
       </c>
       <c r="D26" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E26" s="3"/>
       <c r="F26" s="3"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="3">
         <v>25</v>
       </c>
       <c r="B27" s="3" t="s">
         <v>40</v>
       </c>
       <c r="C27" s="3">
-        <v>20603536569</v>
+        <v>73375568</v>
       </c>
       <c r="D27" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="3">
         <v>26</v>
       </c>
       <c r="B28" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="3">
+        <v>20603536569</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>42</v>
       </c>
-      <c r="C28" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="3">
         <v>27</v>
       </c>
       <c r="B29" s="3" t="s">
+        <v>43</v>
+      </c>
+      <c r="C29" s="3" t="s">
         <v>44</v>
       </c>
-      <c r="C29" s="3">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E29" s="3"/>
       <c r="F29" s="3"/>
       <c r="G29" s="3"/>
       <c r="H29" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="3">
         <v>28</v>
       </c>
       <c r="B30" s="3" t="s">
+        <v>45</v>
+      </c>
+      <c r="C30" s="3">
+        <v>20100896975</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" s="3" t="s">
         <v>46</v>
       </c>
-      <c r="C30" s="3">
-[...5 lines deleted...]
-      <c r="E30" s="3"/>
       <c r="F30" s="3"/>
       <c r="G30" s="3"/>
       <c r="H30" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="3">
         <v>29</v>
       </c>
       <c r="B31" s="3" t="s">
         <v>47</v>
       </c>
       <c r="C31" s="3">
-        <v>20527005745</v>
+        <v>76846688</v>
       </c>
       <c r="D31" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="H31" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="3">
         <v>30</v>
       </c>
       <c r="B32" s="3" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="C32" s="3">
-        <v>20490736400</v>
+        <v>20527005745</v>
       </c>
       <c r="D32" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E32" s="3" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F32" s="3"/>
       <c r="G32" s="3"/>
       <c r="H32" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="3">
         <v>31</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="C33" s="3">
-        <v>20508599324</v>
+        <v>20490736400</v>
       </c>
       <c r="D33" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="3" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F33" s="3"/>
       <c r="G33" s="3"/>
       <c r="H33" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="3">
         <v>32</v>
       </c>
       <c r="B34" s="3" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="C34" s="3">
-        <v>20145915164</v>
+        <v>20508599324</v>
       </c>
       <c r="D34" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E34" s="3" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F34" s="3"/>
       <c r="G34" s="3"/>
       <c r="H34" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="3">
         <v>33</v>
       </c>
       <c r="B35" s="3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C35" s="3">
+        <v>20145915164</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" s="3" t="s">
         <v>55</v>
       </c>
-      <c r="C35" s="3" t="s">
-[...5 lines deleted...]
-      <c r="E35" s="3"/>
       <c r="F35" s="3"/>
       <c r="G35" s="3"/>
       <c r="H35" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="3">
         <v>34</v>
       </c>
       <c r="B36" s="3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C36" s="3" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>77026878</v>
       </c>
       <c r="D36" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E36" s="3"/>
       <c r="F36" s="3"/>
       <c r="G36" s="3"/>
       <c r="H36" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="3">
         <v>35</v>
       </c>
       <c r="B37" s="3" t="s">
         <v>58</v>
       </c>
       <c r="C37" s="3">
-        <v>44251048</v>
+        <v>77026878</v>
       </c>
       <c r="D37" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="3">
         <v>36</v>
       </c>
       <c r="B38" s="3" t="s">
         <v>59</v>
       </c>
       <c r="C38" s="3">
-        <v>80365699</v>
+        <v>44251048</v>
       </c>
       <c r="D38" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E38" s="3"/>
       <c r="F38" s="3"/>
       <c r="G38" s="3"/>
       <c r="H38" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="3">
         <v>37</v>
       </c>
       <c r="B39" s="3" t="s">
         <v>60</v>
       </c>
       <c r="C39" s="3">
-        <v>15602955106</v>
+        <v>80365699</v>
       </c>
       <c r="D39" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E39" s="3"/>
       <c r="F39" s="3"/>
       <c r="G39" s="3"/>
       <c r="H39" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="3">
         <v>38</v>
       </c>
       <c r="B40" s="3" t="s">
         <v>61</v>
       </c>
       <c r="C40" s="3">
-        <v>70790400</v>
+        <v>15602955106</v>
       </c>
       <c r="D40" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E40" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F40" s="3"/>
       <c r="G40" s="3"/>
       <c r="H40" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="3">
         <v>39</v>
       </c>
       <c r="B41" s="3" t="s">
         <v>62</v>
       </c>
       <c r="C41" s="3">
-        <v>74220148</v>
+        <v>70790400</v>
       </c>
       <c r="D41" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="3">
         <v>40</v>
       </c>
       <c r="B42" s="3" t="s">
         <v>63</v>
       </c>
       <c r="C42" s="3">
-        <v>42105154</v>
+        <v>74220148</v>
       </c>
       <c r="D42" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E42" s="3"/>
       <c r="F42" s="3"/>
       <c r="G42" s="3"/>
       <c r="H42" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="3">
         <v>41</v>
       </c>
       <c r="B43" s="3" t="s">
         <v>64</v>
       </c>
       <c r="C43" s="3">
-        <v>44556915</v>
+        <v>42105154</v>
       </c>
       <c r="D43" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E43" s="3"/>
       <c r="F43" s="3"/>
       <c r="G43" s="3"/>
       <c r="H43" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="3">
         <v>42</v>
       </c>
       <c r="B44" s="3" t="s">
         <v>65</v>
       </c>
       <c r="C44" s="3">
-        <v>70384189</v>
+        <v>44556915</v>
       </c>
       <c r="D44" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E44" s="3"/>
       <c r="F44" s="3"/>
       <c r="G44" s="3"/>
       <c r="H44" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="3">
         <v>43</v>
       </c>
       <c r="B45" s="3" t="s">
         <v>66</v>
       </c>
       <c r="C45" s="3">
-        <v>31036611</v>
+        <v>70384189</v>
       </c>
       <c r="D45" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E45" s="3"/>
       <c r="F45" s="3"/>
       <c r="G45" s="3"/>
       <c r="H45" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="3">
         <v>44</v>
       </c>
       <c r="B46" s="3" t="s">
         <v>67</v>
       </c>
       <c r="C46" s="3">
-        <v>73503194</v>
+        <v>31036611</v>
       </c>
       <c r="D46" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E46" s="3"/>
       <c r="F46" s="3"/>
       <c r="G46" s="3"/>
       <c r="H46" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="3">
         <v>45</v>
       </c>
       <c r="B47" s="3" t="s">
         <v>68</v>
       </c>
       <c r="C47" s="3" t="s">
         <v>69</v>
       </c>
       <c r="D47" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E47" s="3"/>
       <c r="F47" s="3"/>
       <c r="G47" s="3"/>
       <c r="H47" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="3">
         <v>46</v>
       </c>
       <c r="B48" s="3" t="s">
         <v>70</v>
       </c>
       <c r="C48" s="3">
-        <v>40432489</v>
+        <v>73503194</v>
       </c>
       <c r="D48" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="3">
         <v>47</v>
       </c>
       <c r="B49" s="3" t="s">
         <v>71</v>
       </c>
-      <c r="C49" s="3">
-        <v>70384143</v>
+      <c r="C49" s="3" t="s">
+        <v>72</v>
       </c>
       <c r="D49" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="3">
         <v>48</v>
       </c>
       <c r="B50" s="3" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C50" s="3">
-        <v>41690358</v>
+        <v>40432489</v>
       </c>
       <c r="D50" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E50" s="3"/>
       <c r="F50" s="3"/>
       <c r="G50" s="3"/>
       <c r="H50" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="3">
         <v>49</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C51" s="3">
-        <v>74042240</v>
+        <v>70384143</v>
       </c>
       <c r="D51" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E51" s="3"/>
       <c r="F51" s="3"/>
       <c r="G51" s="3"/>
       <c r="H51" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="3">
         <v>50</v>
       </c>
       <c r="B52" s="3" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C52" s="3">
-        <v>78888117</v>
+        <v>41690358</v>
       </c>
       <c r="D52" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E52" s="3"/>
       <c r="F52" s="3"/>
       <c r="G52" s="3"/>
       <c r="H52" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="3">
         <v>51</v>
       </c>
       <c r="B53" s="3" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C53" s="3">
-        <v>45473275</v>
+        <v>74042240</v>
       </c>
       <c r="D53" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E53" s="3"/>
       <c r="F53" s="3"/>
       <c r="G53" s="3"/>
       <c r="H53" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="3">
         <v>52</v>
       </c>
       <c r="B54" s="3" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C54" s="3">
-        <v>40017662</v>
+        <v>78888117</v>
       </c>
       <c r="D54" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E54" s="3"/>
       <c r="F54" s="3"/>
       <c r="G54" s="3"/>
       <c r="H54" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="3">
         <v>53</v>
       </c>
       <c r="B55" s="3" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C55" s="3">
-        <v>44338326</v>
+        <v>45473275</v>
       </c>
       <c r="D55" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E55" s="3"/>
       <c r="F55" s="3"/>
       <c r="G55" s="3"/>
       <c r="H55" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="3">
         <v>54</v>
       </c>
       <c r="B56" s="3" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C56" s="3">
-        <v>61193336</v>
+        <v>40017662</v>
       </c>
       <c r="D56" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E56" s="3"/>
       <c r="F56" s="3"/>
       <c r="G56" s="3"/>
       <c r="H56" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="3">
         <v>55</v>
       </c>
       <c r="B57" s="3" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C57" s="3">
-        <v>43288050</v>
+        <v>44338326</v>
       </c>
       <c r="D57" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E57" s="3"/>
       <c r="F57" s="3"/>
       <c r="G57" s="3"/>
       <c r="H57" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="3">
         <v>56</v>
       </c>
       <c r="B58" s="3" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C58" s="3">
-        <v>70909172</v>
+        <v>61193336</v>
       </c>
       <c r="D58" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E58" s="3"/>
       <c r="F58" s="3"/>
       <c r="G58" s="3"/>
       <c r="H58" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="3">
         <v>57</v>
       </c>
       <c r="B59" s="3" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C59" s="3">
-        <v>10220926856</v>
+        <v>43288050</v>
       </c>
       <c r="D59" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E59" s="3"/>
       <c r="F59" s="3"/>
       <c r="G59" s="3"/>
       <c r="H59" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="3">
         <v>58</v>
       </c>
       <c r="B60" s="3" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C60" s="3">
-        <v>10432032677</v>
+        <v>70909172</v>
       </c>
       <c r="D60" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E60" s="3"/>
       <c r="F60" s="3"/>
       <c r="G60" s="3"/>
       <c r="H60" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="3">
         <v>59</v>
       </c>
       <c r="B61" s="3" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C61" s="3">
-        <v>77464840</v>
+        <v>10220926856</v>
       </c>
       <c r="D61" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E61" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F61" s="3"/>
       <c r="G61" s="3"/>
       <c r="H61" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="3">
         <v>60</v>
       </c>
       <c r="B62" s="3" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C62" s="3">
-        <v>20600977661</v>
+        <v>10432032677</v>
       </c>
       <c r="D62" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E62" s="3" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="F62" s="3"/>
       <c r="G62" s="3"/>
       <c r="H62" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="3">
         <v>61</v>
       </c>
       <c r="B63" s="3" t="s">
         <v>86</v>
       </c>
       <c r="C63" s="3">
-        <v>46929903</v>
+        <v>77464840</v>
       </c>
       <c r="D63" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="3"/>
       <c r="F63" s="3"/>
       <c r="G63" s="3"/>
       <c r="H63" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="3">
         <v>62</v>
       </c>
       <c r="B64" s="3" t="s">
         <v>87</v>
       </c>
       <c r="C64" s="3">
-        <v>76228051</v>
+        <v>20600977661</v>
       </c>
       <c r="D64" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E64" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>88</v>
+      </c>
       <c r="F64" s="3"/>
       <c r="G64" s="3"/>
       <c r="H64" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="3">
         <v>63</v>
       </c>
       <c r="B65" s="3" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C65" s="3">
-        <v>20450771105</v>
+        <v>46929903</v>
       </c>
       <c r="D65" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E65" s="3"/>
       <c r="F65" s="3"/>
       <c r="G65" s="3"/>
       <c r="H65" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="3">
         <v>64</v>
       </c>
       <c r="B66" s="3" t="s">
         <v>90</v>
       </c>
       <c r="C66" s="3">
-        <v>20604455163</v>
+        <v>76228051</v>
       </c>
       <c r="D66" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E66" s="3"/>
       <c r="F66" s="3"/>
       <c r="G66" s="3"/>
       <c r="H66" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="3">
         <v>65</v>
       </c>
       <c r="B67" s="3" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C67" s="3">
-        <v>20141189850</v>
+        <v>20450771105</v>
       </c>
       <c r="D67" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E67" s="3" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="F67" s="3"/>
       <c r="G67" s="3"/>
       <c r="H67" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="3">
         <v>66</v>
       </c>
       <c r="B68" s="3" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="C68" s="3">
-        <v>20611509872</v>
+        <v>20192779333</v>
       </c>
       <c r="D68" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E68" s="3" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F68" s="3"/>
       <c r="G68" s="3"/>
       <c r="H68" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="3">
         <v>67</v>
       </c>
       <c r="B69" s="3" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="C69" s="3">
-        <v>20116703263</v>
+        <v>20604455163</v>
       </c>
       <c r="D69" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E69" s="3" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="3">
         <v>68</v>
       </c>
       <c r="B70" s="3" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="C70" s="3">
-        <v>20602776604</v>
+        <v>20141189850</v>
       </c>
       <c r="D70" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="3" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F70" s="3"/>
       <c r="G70" s="3"/>
       <c r="H70" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="3">
         <v>69</v>
       </c>
       <c r="B71" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="C71" s="3">
+        <v>20611509872</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" s="3" t="s">
         <v>100</v>
       </c>
-      <c r="C71" s="3">
-[...5 lines deleted...]
-      <c r="E71" s="3"/>
       <c r="F71" s="3"/>
       <c r="G71" s="3"/>
       <c r="H71" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="3">
         <v>70</v>
       </c>
       <c r="B72" s="3" t="s">
         <v>101</v>
       </c>
       <c r="C72" s="3">
-        <v>42026362</v>
+        <v>20116703263</v>
       </c>
       <c r="D72" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E72" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>102</v>
+      </c>
       <c r="F72" s="3"/>
       <c r="G72" s="3"/>
       <c r="H72" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="3">
         <v>71</v>
       </c>
       <c r="B73" s="3" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C73" s="3">
-        <v>71298794</v>
+        <v>20602776604</v>
       </c>
       <c r="D73" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E73" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>104</v>
+      </c>
       <c r="F73" s="3"/>
       <c r="G73" s="3"/>
       <c r="H73" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="3">
         <v>72</v>
       </c>
       <c r="B74" s="3" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C74" s="3">
-        <v>41992946</v>
+        <v>72680322</v>
       </c>
       <c r="D74" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E74" s="3"/>
       <c r="F74" s="3"/>
       <c r="G74" s="3"/>
       <c r="H74" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="3">
         <v>73</v>
       </c>
       <c r="B75" s="3" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C75" s="3">
-        <v>41927923</v>
+        <v>42026362</v>
       </c>
       <c r="D75" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E75" s="3"/>
       <c r="F75" s="3"/>
       <c r="G75" s="3"/>
       <c r="H75" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="3">
         <v>74</v>
       </c>
       <c r="B76" s="3" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C76" s="3">
-        <v>76768524</v>
+        <v>71298794</v>
       </c>
       <c r="D76" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E76" s="3"/>
       <c r="F76" s="3"/>
       <c r="G76" s="3"/>
       <c r="H76" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="3">
         <v>75</v>
       </c>
       <c r="B77" s="3" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C77" s="3">
-        <v>10465036791</v>
+        <v>41992946</v>
       </c>
       <c r="D77" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E77" s="3"/>
       <c r="F77" s="3"/>
       <c r="G77" s="3"/>
       <c r="H77" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="3">
         <v>76</v>
       </c>
       <c r="B78" s="3" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="C78" s="3">
-        <v>42650531</v>
+        <v>41927923</v>
       </c>
       <c r="D78" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E78" s="3"/>
       <c r="F78" s="3"/>
       <c r="G78" s="3"/>
       <c r="H78" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="3">
         <v>77</v>
       </c>
       <c r="B79" s="3" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="C79" s="3">
-        <v>42489522</v>
+        <v>76539624</v>
       </c>
       <c r="D79" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E79" s="3"/>
       <c r="F79" s="3"/>
       <c r="G79" s="3"/>
       <c r="H79" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="3">
         <v>78</v>
       </c>
       <c r="B80" s="3" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C80" s="3">
-        <v>31005078</v>
+        <v>76768524</v>
       </c>
       <c r="D80" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E80" s="3"/>
       <c r="F80" s="3"/>
       <c r="G80" s="3"/>
       <c r="H80" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="3">
         <v>79</v>
       </c>
       <c r="B81" s="3" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="C81" s="3">
-        <v>42403198</v>
+        <v>10465036791</v>
       </c>
       <c r="D81" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E81" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F81" s="3"/>
       <c r="G81" s="3"/>
       <c r="H81" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="3">
         <v>80</v>
       </c>
       <c r="B82" s="3" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C82" s="3">
-        <v>71735000</v>
+        <v>42650531</v>
       </c>
       <c r="D82" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E82" s="3"/>
       <c r="F82" s="3"/>
       <c r="G82" s="3"/>
       <c r="H82" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="3">
         <v>81</v>
       </c>
       <c r="B83" s="3" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="C83" s="3">
-        <v>43363800</v>
+        <v>42489522</v>
       </c>
       <c r="D83" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E83" s="3"/>
       <c r="F83" s="3"/>
       <c r="G83" s="3"/>
       <c r="H83" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="3">
         <v>82</v>
       </c>
       <c r="B84" s="3" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C84" s="3">
-        <v>45105780</v>
+        <v>31005078</v>
       </c>
       <c r="D84" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E84" s="3"/>
       <c r="F84" s="3"/>
       <c r="G84" s="3"/>
       <c r="H84" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="3">
         <v>83</v>
       </c>
       <c r="B85" s="3" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="C85" s="3">
-        <v>40461935</v>
+        <v>42403198</v>
       </c>
       <c r="D85" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="3">
         <v>84</v>
       </c>
       <c r="B86" s="3" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C86" s="3">
-        <v>31039835</v>
+        <v>71735000</v>
       </c>
       <c r="D86" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E86" s="3"/>
       <c r="F86" s="3"/>
       <c r="G86" s="3"/>
       <c r="H86" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="3">
         <v>85</v>
       </c>
       <c r="B87" s="3" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C87" s="3">
-        <v>71752424</v>
+        <v>43363800</v>
       </c>
       <c r="D87" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E87" s="3"/>
       <c r="F87" s="3"/>
       <c r="G87" s="3"/>
       <c r="H87" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="3">
         <v>86</v>
       </c>
       <c r="B88" s="3" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C88" s="3">
-        <v>71717937</v>
+        <v>45105780</v>
       </c>
       <c r="D88" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E88" s="3"/>
       <c r="F88" s="3"/>
       <c r="G88" s="3"/>
       <c r="H88" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="3">
         <v>87</v>
       </c>
       <c r="B89" s="3" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="C89" s="3">
-        <v>20611999357</v>
+        <v>40461935</v>
       </c>
       <c r="D89" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E89" s="3"/>
       <c r="F89" s="3"/>
       <c r="G89" s="3"/>
       <c r="H89" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="3">
         <v>88</v>
       </c>
       <c r="B90" s="3" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C90" s="3">
-        <v>41819252</v>
+        <v>31039835</v>
       </c>
       <c r="D90" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E90" s="3"/>
       <c r="F90" s="3"/>
       <c r="G90" s="3"/>
       <c r="H90" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="3">
         <v>89</v>
       </c>
       <c r="B91" s="3" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C91" s="3">
-        <v>80011913</v>
+        <v>71752424</v>
       </c>
       <c r="D91" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E91" s="3"/>
       <c r="F91" s="3"/>
       <c r="G91" s="3"/>
       <c r="H91" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="3">
         <v>90</v>
       </c>
       <c r="B92" s="3" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C92" s="3">
-        <v>10647293</v>
+        <v>71717937</v>
       </c>
       <c r="D92" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E92" s="3"/>
       <c r="F92" s="3"/>
       <c r="G92" s="3"/>
       <c r="H92" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="3">
         <v>91</v>
       </c>
       <c r="B93" s="3" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C93" s="3">
-        <v>42320893</v>
+        <v>20611999357</v>
       </c>
       <c r="D93" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E93" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>125</v>
+      </c>
       <c r="F93" s="3"/>
       <c r="G93" s="3"/>
       <c r="H93" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="3">
         <v>92</v>
       </c>
       <c r="B94" s="3" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="C94" s="3">
-        <v>40599927</v>
+        <v>41819252</v>
       </c>
       <c r="D94" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E94" s="3"/>
       <c r="F94" s="3"/>
       <c r="G94" s="3"/>
       <c r="H94" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="3">
         <v>93</v>
       </c>
       <c r="B95" s="3" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C95" s="3">
-        <v>31037464</v>
+        <v>80011913</v>
       </c>
       <c r="D95" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E95" s="3"/>
       <c r="F95" s="3"/>
       <c r="G95" s="3"/>
       <c r="H95" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="3">
         <v>94</v>
       </c>
       <c r="B96" s="3" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C96" s="3">
-        <v>71301130</v>
+        <v>10647293</v>
       </c>
       <c r="D96" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E96" s="3"/>
       <c r="F96" s="3"/>
       <c r="G96" s="3"/>
       <c r="H96" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="3">
         <v>95</v>
       </c>
       <c r="B97" s="3" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C97" s="3">
-        <v>44512199</v>
+        <v>42320893</v>
       </c>
       <c r="D97" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E97" s="3"/>
       <c r="F97" s="3"/>
       <c r="G97" s="3"/>
       <c r="H97" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="3">
         <v>96</v>
       </c>
       <c r="B98" s="3" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C98" s="3">
-        <v>70265326</v>
+        <v>40599927</v>
       </c>
       <c r="D98" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E98" s="3"/>
       <c r="F98" s="3"/>
       <c r="G98" s="3"/>
       <c r="H98" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="3">
         <v>97</v>
       </c>
       <c r="B99" s="3" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="C99" s="3">
-        <v>31015316</v>
+        <v>31037464</v>
       </c>
       <c r="D99" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E99" s="3"/>
       <c r="F99" s="3"/>
       <c r="G99" s="3"/>
       <c r="H99" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="3">
         <v>98</v>
       </c>
       <c r="B100" s="3" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C100" s="3">
-        <v>40155625</v>
+        <v>71301130</v>
       </c>
       <c r="D100" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E100" s="3"/>
       <c r="F100" s="3"/>
       <c r="G100" s="3"/>
       <c r="H100" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="3">
         <v>99</v>
       </c>
       <c r="B101" s="3" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C101" s="3">
-        <v>42777078</v>
+        <v>44512199</v>
       </c>
       <c r="D101" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E101" s="3"/>
       <c r="F101" s="3"/>
       <c r="G101" s="3"/>
       <c r="H101" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="3">
         <v>100</v>
       </c>
       <c r="B102" s="3" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C102" s="3">
-        <v>44843341</v>
+        <v>70265326</v>
       </c>
       <c r="D102" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E102" s="3"/>
       <c r="F102" s="3"/>
       <c r="G102" s="3"/>
       <c r="H102" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="3">
         <v>101</v>
       </c>
       <c r="B103" s="3" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C103" s="3">
-        <v>71805308</v>
+        <v>31015316</v>
       </c>
       <c r="D103" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E103" s="3"/>
       <c r="F103" s="3"/>
       <c r="G103" s="3"/>
       <c r="H103" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="3">
         <v>102</v>
       </c>
       <c r="B104" s="3" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C104" s="3">
-        <v>77498893</v>
+        <v>40155625</v>
       </c>
       <c r="D104" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E104" s="3"/>
       <c r="F104" s="3"/>
       <c r="G104" s="3"/>
       <c r="H104" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="3">
         <v>103</v>
       </c>
       <c r="B105" s="3" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>136</v>
+        <v>137</v>
+      </c>
+      <c r="C105" s="3">
+        <v>42777078</v>
       </c>
       <c r="D105" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E105" s="3"/>
       <c r="F105" s="3"/>
       <c r="G105" s="3"/>
       <c r="H105" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="3">
         <v>104</v>
       </c>
       <c r="B106" s="3" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C106" s="3">
-        <v>44762531</v>
+        <v>44843341</v>
       </c>
       <c r="D106" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E106" s="3"/>
       <c r="F106" s="3"/>
       <c r="G106" s="3"/>
       <c r="H106" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="3">
         <v>105</v>
       </c>
       <c r="B107" s="3" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C107" s="3">
-        <v>43358071</v>
+        <v>71805308</v>
       </c>
       <c r="D107" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E107" s="3"/>
       <c r="F107" s="3"/>
       <c r="G107" s="3"/>
       <c r="H107" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="3">
         <v>106</v>
       </c>
       <c r="B108" s="3" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C108" s="3">
-        <v>70263842</v>
+        <v>77498893</v>
       </c>
       <c r="D108" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E108" s="3"/>
       <c r="F108" s="3"/>
       <c r="G108" s="3"/>
       <c r="H108" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="3">
         <v>107</v>
       </c>
       <c r="B109" s="3" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>31039426</v>
+        <v>141</v>
+      </c>
+      <c r="C109" s="3" t="s">
+        <v>142</v>
       </c>
       <c r="D109" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E109" s="3"/>
       <c r="F109" s="3"/>
       <c r="G109" s="3"/>
       <c r="H109" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="3">
         <v>108</v>
       </c>
       <c r="B110" s="3" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C110" s="3">
-        <v>31169672</v>
+        <v>44762531</v>
       </c>
       <c r="D110" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E110" s="3"/>
       <c r="F110" s="3"/>
       <c r="G110" s="3"/>
       <c r="H110" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="3">
         <v>109</v>
       </c>
       <c r="B111" s="3" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C111" s="3">
-        <v>47705038</v>
+        <v>43358071</v>
       </c>
       <c r="D111" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E111" s="3"/>
       <c r="F111" s="3"/>
       <c r="G111" s="3"/>
       <c r="H111" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="3">
         <v>110</v>
       </c>
       <c r="B112" s="3" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C112" s="3">
-        <v>40519785</v>
+        <v>70263842</v>
       </c>
       <c r="D112" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E112" s="3"/>
       <c r="F112" s="3"/>
       <c r="G112" s="3"/>
       <c r="H112" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="3">
         <v>111</v>
       </c>
       <c r="B113" s="3" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C113" s="3">
-        <v>70207583</v>
+        <v>31039426</v>
       </c>
       <c r="D113" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E113" s="3"/>
       <c r="F113" s="3"/>
       <c r="G113" s="3"/>
       <c r="H113" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="3">
         <v>112</v>
       </c>
       <c r="B114" s="3" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C114" s="3">
-        <v>40117693</v>
+        <v>31169672</v>
       </c>
       <c r="D114" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E114" s="3"/>
       <c r="F114" s="3"/>
       <c r="G114" s="3"/>
       <c r="H114" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="3">
         <v>113</v>
       </c>
       <c r="B115" s="3" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="C115" s="3">
-        <v>75053280</v>
+        <v>47705038</v>
       </c>
       <c r="D115" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E115" s="3"/>
       <c r="F115" s="3"/>
       <c r="G115" s="3"/>
       <c r="H115" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="3">
         <v>114</v>
       </c>
       <c r="B116" s="3" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C116" s="3">
-        <v>72844807</v>
+        <v>40519785</v>
       </c>
       <c r="D116" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E116" s="3"/>
       <c r="F116" s="3"/>
       <c r="G116" s="3"/>
       <c r="H116" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="3">
         <v>115</v>
       </c>
       <c r="B117" s="3" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C117" s="3">
-        <v>76306981</v>
+        <v>70207583</v>
       </c>
       <c r="D117" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E117" s="3"/>
       <c r="F117" s="3"/>
       <c r="G117" s="3"/>
       <c r="H117" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="3">
         <v>116</v>
       </c>
       <c r="B118" s="3" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C118" s="3">
-        <v>47037073</v>
+        <v>40117693</v>
       </c>
       <c r="D118" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E118" s="3"/>
       <c r="F118" s="3"/>
       <c r="G118" s="3"/>
       <c r="H118" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="3">
         <v>117</v>
       </c>
       <c r="B119" s="3" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="C119" s="3">
-        <v>40485539</v>
+        <v>75053280</v>
       </c>
       <c r="D119" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E119" s="3"/>
       <c r="F119" s="3"/>
       <c r="G119" s="3"/>
       <c r="H119" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="3">
         <v>118</v>
       </c>
       <c r="B120" s="3" t="s">
-        <v>151</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>153</v>
+      </c>
+      <c r="C120" s="3">
+        <v>72844807</v>
       </c>
       <c r="D120" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E120" s="3"/>
       <c r="F120" s="3"/>
       <c r="G120" s="3"/>
       <c r="H120" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="3">
         <v>119</v>
       </c>
       <c r="B121" s="3" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C121" s="3">
-        <v>40073945</v>
+        <v>76306981</v>
       </c>
       <c r="D121" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E121" s="3"/>
       <c r="F121" s="3"/>
       <c r="G121" s="3"/>
       <c r="H121" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="3">
         <v>120</v>
       </c>
       <c r="B122" s="3" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C122" s="3">
-        <v>45301211</v>
+        <v>47037073</v>
       </c>
       <c r="D122" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E122" s="3"/>
       <c r="F122" s="3"/>
       <c r="G122" s="3"/>
       <c r="H122" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="3">
         <v>121</v>
       </c>
       <c r="B123" s="3" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C123" s="3">
-        <v>71334181</v>
+        <v>40485539</v>
       </c>
       <c r="D123" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E123" s="3"/>
       <c r="F123" s="3"/>
       <c r="G123" s="3"/>
       <c r="H123" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="3">
         <v>122</v>
       </c>
       <c r="B124" s="3" t="s">
-        <v>156</v>
-[...2 lines deleted...]
-        <v>41082168</v>
+        <v>157</v>
+      </c>
+      <c r="C124" s="3" t="s">
+        <v>158</v>
       </c>
       <c r="D124" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E124" s="3"/>
       <c r="F124" s="3"/>
       <c r="G124" s="3"/>
       <c r="H124" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="3">
         <v>123</v>
       </c>
       <c r="B125" s="3" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C125" s="3">
-        <v>47568743</v>
+        <v>40073945</v>
       </c>
       <c r="D125" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E125" s="3"/>
       <c r="F125" s="3"/>
       <c r="G125" s="3"/>
       <c r="H125" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="3">
         <v>124</v>
       </c>
       <c r="B126" s="3" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C126" s="3">
-        <v>40272027</v>
+        <v>45301211</v>
       </c>
       <c r="D126" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E126" s="3"/>
       <c r="F126" s="3"/>
       <c r="G126" s="3"/>
       <c r="H126" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="3">
         <v>125</v>
       </c>
       <c r="B127" s="3" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C127" s="3">
-        <v>47042588</v>
+        <v>71334181</v>
       </c>
       <c r="D127" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E127" s="3"/>
       <c r="F127" s="3"/>
       <c r="G127" s="3"/>
       <c r="H127" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="3">
         <v>126</v>
       </c>
       <c r="B128" s="3" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C128" s="3">
-        <v>40920397</v>
+        <v>41082168</v>
       </c>
       <c r="D128" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E128" s="3"/>
       <c r="F128" s="3"/>
       <c r="G128" s="3"/>
       <c r="H128" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="3">
         <v>127</v>
       </c>
       <c r="B129" s="3" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C129" s="3">
-        <v>43443041</v>
+        <v>47568743</v>
       </c>
       <c r="D129" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E129" s="3"/>
       <c r="F129" s="3"/>
       <c r="G129" s="3"/>
       <c r="H129" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="3">
         <v>128</v>
       </c>
       <c r="B130" s="3" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C130" s="3">
-        <v>43261084</v>
+        <v>40272027</v>
       </c>
       <c r="D130" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E130" s="3"/>
       <c r="F130" s="3"/>
       <c r="G130" s="3"/>
       <c r="H130" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="3">
         <v>129</v>
       </c>
       <c r="B131" s="3" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="C131" s="3">
-        <v>31024534</v>
+        <v>47042588</v>
       </c>
       <c r="D131" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E131" s="3"/>
       <c r="F131" s="3"/>
       <c r="G131" s="3"/>
       <c r="H131" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="3">
         <v>130</v>
       </c>
       <c r="B132" s="3" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="C132" s="3">
-        <v>46687664</v>
+        <v>40920397</v>
       </c>
       <c r="D132" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E132" s="3"/>
       <c r="F132" s="3"/>
       <c r="G132" s="3"/>
       <c r="H132" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="3">
         <v>131</v>
       </c>
       <c r="B133" s="3" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C133" s="3">
-        <v>31003452</v>
+        <v>43443041</v>
       </c>
       <c r="D133" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E133" s="3"/>
       <c r="F133" s="3"/>
       <c r="G133" s="3"/>
       <c r="H133" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="3">
         <v>132</v>
       </c>
       <c r="B134" s="3" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="C134" s="3">
-        <v>71843960</v>
+        <v>47727249</v>
       </c>
       <c r="D134" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E134" s="3"/>
       <c r="F134" s="3"/>
       <c r="G134" s="3"/>
       <c r="H134" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="3">
         <v>133</v>
       </c>
       <c r="B135" s="3" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C135" s="3">
-        <v>72424994</v>
+        <v>43261084</v>
       </c>
       <c r="D135" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E135" s="3"/>
       <c r="F135" s="3"/>
       <c r="G135" s="3"/>
       <c r="H135" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="3">
         <v>134</v>
       </c>
       <c r="B136" s="3" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C136" s="3">
-        <v>31004537</v>
+        <v>31024534</v>
       </c>
       <c r="D136" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E136" s="3"/>
       <c r="F136" s="3"/>
       <c r="G136" s="3"/>
       <c r="H136" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="3">
         <v>135</v>
       </c>
       <c r="B137" s="3" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C137" s="3">
-        <v>41181603</v>
+        <v>46687664</v>
       </c>
       <c r="D137" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E137" s="3"/>
       <c r="F137" s="3"/>
       <c r="G137" s="3"/>
       <c r="H137" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="3">
         <v>136</v>
       </c>
       <c r="B138" s="3" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C138" s="3">
-        <v>74624840</v>
+        <v>31003452</v>
       </c>
       <c r="D138" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E138" s="3"/>
       <c r="F138" s="3"/>
       <c r="G138" s="3"/>
       <c r="H138" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="3">
         <v>137</v>
       </c>
       <c r="B139" s="3" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="C139" s="3">
-        <v>47457917</v>
+        <v>71843960</v>
       </c>
       <c r="D139" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E139" s="3"/>
       <c r="F139" s="3"/>
       <c r="G139" s="3"/>
       <c r="H139" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="3">
         <v>138</v>
       </c>
       <c r="B140" s="3" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C140" s="3">
-        <v>20606379171</v>
+        <v>72424994</v>
       </c>
       <c r="D140" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E140" s="3"/>
       <c r="F140" s="3"/>
       <c r="G140" s="3"/>
       <c r="H140" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="3">
         <v>139</v>
       </c>
       <c r="B141" s="3" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C141" s="3">
-        <v>20606297093</v>
+        <v>31004537</v>
       </c>
       <c r="D141" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E141" s="3"/>
       <c r="F141" s="3"/>
       <c r="G141" s="3"/>
       <c r="H141" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="3">
         <v>140</v>
       </c>
       <c r="B142" s="3" t="s">
         <v>176</v>
       </c>
       <c r="C142" s="3">
-        <v>20603712278</v>
+        <v>41181603</v>
       </c>
       <c r="D142" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E142" s="3"/>
       <c r="F142" s="3"/>
       <c r="G142" s="3"/>
       <c r="H142" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="3">
         <v>141</v>
       </c>
       <c r="B143" s="3" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="C143" s="3">
-        <v>10441879399</v>
+        <v>74624840</v>
       </c>
       <c r="D143" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E143" s="3"/>
       <c r="F143" s="3"/>
       <c r="G143" s="3"/>
       <c r="H143" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="3">
         <v>142</v>
       </c>
       <c r="B144" s="3" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="C144" s="3">
-        <v>42956106</v>
+        <v>47457917</v>
       </c>
       <c r="D144" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E144" s="3"/>
       <c r="F144" s="3"/>
       <c r="G144" s="3"/>
       <c r="H144" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="3">
         <v>143</v>
       </c>
       <c r="B145" s="3" t="s">
+        <v>179</v>
+      </c>
+      <c r="C145" s="3">
+        <v>20606379171</v>
+      </c>
+      <c r="D145" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E145" s="3" t="s">
         <v>180</v>
       </c>
-      <c r="C145" s="3">
-[...5 lines deleted...]
-      <c r="E145" s="3"/>
       <c r="F145" s="3"/>
       <c r="G145" s="3"/>
       <c r="H145" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="3">
         <v>144</v>
       </c>
       <c r="B146" s="3" t="s">
         <v>181</v>
       </c>
       <c r="C146" s="3">
-        <v>42921282</v>
+        <v>20606297093</v>
       </c>
       <c r="D146" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E146" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E146" s="3" t="s">
+        <v>182</v>
+      </c>
       <c r="F146" s="3"/>
       <c r="G146" s="3"/>
       <c r="H146" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="3">
         <v>145</v>
       </c>
       <c r="B147" s="3" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C147" s="3">
-        <v>41044732</v>
+        <v>20603712278</v>
       </c>
       <c r="D147" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E147" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E147" s="3" t="s">
+        <v>184</v>
+      </c>
       <c r="F147" s="3"/>
       <c r="G147" s="3"/>
       <c r="H147" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="3">
         <v>146</v>
       </c>
       <c r="B148" s="3" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C148" s="3">
-        <v>44309787</v>
+        <v>10441879399</v>
       </c>
       <c r="D148" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E148" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E148" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F148" s="3"/>
       <c r="G148" s="3"/>
       <c r="H148" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="3">
         <v>147</v>
       </c>
       <c r="B149" s="3" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="C149" s="3">
-        <v>20527004269</v>
+        <v>42956106</v>
       </c>
       <c r="D149" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E149" s="3"/>
       <c r="F149" s="3"/>
       <c r="G149" s="3"/>
       <c r="H149" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="3">
         <v>148</v>
       </c>
       <c r="B150" s="3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C150" s="3">
-        <v>10422068151</v>
+        <v>74306363</v>
       </c>
       <c r="D150" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E150" s="3"/>
       <c r="F150" s="3"/>
       <c r="G150" s="3"/>
       <c r="H150" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="3">
         <v>149</v>
       </c>
       <c r="B151" s="3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C151" s="3">
-        <v>29257691</v>
+        <v>42921282</v>
       </c>
       <c r="D151" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E151" s="3"/>
       <c r="F151" s="3"/>
       <c r="G151" s="3"/>
       <c r="H151" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="3">
         <v>150</v>
       </c>
       <c r="B152" s="3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C152" s="3">
-        <v>42228582</v>
+        <v>20013101676</v>
       </c>
       <c r="D152" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E152" s="3"/>
       <c r="F152" s="3"/>
       <c r="G152" s="3"/>
       <c r="H152" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="3">
         <v>151</v>
       </c>
       <c r="B153" s="3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C153" s="3">
-        <v>10243618008</v>
+        <v>41044732</v>
       </c>
       <c r="D153" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E153" s="3"/>
       <c r="F153" s="3"/>
       <c r="G153" s="3"/>
       <c r="H153" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="3">
         <v>152</v>
       </c>
       <c r="B154" s="3" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C154" s="3">
-        <v>10400392141</v>
+        <v>44309787</v>
       </c>
       <c r="D154" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E154" s="3"/>
       <c r="F154" s="3"/>
       <c r="G154" s="3"/>
       <c r="H154" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="3">
         <v>153</v>
       </c>
       <c r="B155" s="3" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C155" s="3">
-        <v>20606365561</v>
+        <v>20527004269</v>
       </c>
       <c r="D155" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E155" s="3" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F155" s="3"/>
       <c r="G155" s="3"/>
       <c r="H155" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="3">
         <v>154</v>
       </c>
       <c r="B156" s="3" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C156" s="3">
-        <v>20338915471</v>
+        <v>10422068151</v>
       </c>
       <c r="D156" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E156" s="3" t="s">
-        <v>194</v>
+        <v>37</v>
       </c>
       <c r="F156" s="3"/>
       <c r="G156" s="3"/>
       <c r="H156" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="3">
         <v>155</v>
       </c>
       <c r="B157" s="3" t="s">
         <v>195</v>
       </c>
       <c r="C157" s="3">
-        <v>20611142804</v>
+        <v>29257691</v>
       </c>
       <c r="D157" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E157" s="3"/>
       <c r="F157" s="3"/>
       <c r="G157" s="3"/>
       <c r="H157" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="3">
         <v>156</v>
       </c>
       <c r="B158" s="3" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="C158" s="3">
-        <v>40905508</v>
+        <v>42228582</v>
       </c>
       <c r="D158" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E158" s="3"/>
       <c r="F158" s="3"/>
       <c r="G158" s="3"/>
       <c r="H158" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="3">
         <v>157</v>
       </c>
       <c r="B159" s="3" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="C159" s="3">
-        <v>80596890</v>
+        <v>10243618008</v>
       </c>
       <c r="D159" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E159" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E159" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F159" s="3"/>
       <c r="G159" s="3"/>
       <c r="H159" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="3">
         <v>158</v>
       </c>
       <c r="B160" s="3" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="C160" s="3">
-        <v>46400236</v>
+        <v>10400392141</v>
       </c>
       <c r="D160" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E160" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E160" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F160" s="3"/>
       <c r="G160" s="3"/>
       <c r="H160" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="3">
         <v>159</v>
       </c>
       <c r="B161" s="3" t="s">
+        <v>199</v>
+      </c>
+      <c r="C161" s="3">
+        <v>20606365561</v>
+      </c>
+      <c r="D161" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" s="3" t="s">
         <v>200</v>
       </c>
-      <c r="C161" s="3">
-[...5 lines deleted...]
-      <c r="E161" s="3"/>
       <c r="F161" s="3"/>
       <c r="G161" s="3"/>
       <c r="H161" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="3">
         <v>160</v>
       </c>
       <c r="B162" s="3" t="s">
         <v>201</v>
       </c>
       <c r="C162" s="3">
-        <v>41615492</v>
+        <v>20338915471</v>
       </c>
       <c r="D162" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E162" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E162" s="3" t="s">
+        <v>202</v>
+      </c>
       <c r="F162" s="3"/>
       <c r="G162" s="3"/>
       <c r="H162" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="3">
         <v>161</v>
       </c>
       <c r="B163" s="3" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C163" s="3">
-        <v>46240861</v>
+        <v>20611142804</v>
       </c>
       <c r="D163" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E163" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E163" s="3" t="s">
+        <v>204</v>
+      </c>
       <c r="F163" s="3"/>
       <c r="G163" s="3"/>
       <c r="H163" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="3">
         <v>162</v>
       </c>
       <c r="B164" s="3" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="C164" s="3">
-        <v>70676940</v>
+        <v>40905508</v>
       </c>
       <c r="D164" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E164" s="3"/>
       <c r="F164" s="3"/>
       <c r="G164" s="3"/>
       <c r="H164" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="3">
         <v>163</v>
       </c>
       <c r="B165" s="3" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="C165" s="3">
-        <v>44861303</v>
+        <v>80596890</v>
       </c>
       <c r="D165" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E165" s="3"/>
       <c r="F165" s="3"/>
       <c r="G165" s="3"/>
       <c r="H165" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="3">
         <v>164</v>
       </c>
       <c r="B166" s="3" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C166" s="3">
-        <v>48222328</v>
+        <v>47120942</v>
       </c>
       <c r="D166" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E166" s="3"/>
       <c r="F166" s="3"/>
       <c r="G166" s="3"/>
       <c r="H166" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="3">
         <v>165</v>
       </c>
       <c r="B167" s="3" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="C167" s="3">
-        <v>62004662</v>
+        <v>46400236</v>
       </c>
       <c r="D167" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E167" s="3"/>
       <c r="F167" s="3"/>
       <c r="G167" s="3"/>
       <c r="H167" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="3">
         <v>166</v>
       </c>
       <c r="B168" s="3" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C168" s="3">
-        <v>31363874</v>
+        <v>47666557</v>
       </c>
       <c r="D168" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E168" s="3"/>
       <c r="F168" s="3"/>
       <c r="G168" s="3"/>
       <c r="H168" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="3">
         <v>167</v>
       </c>
       <c r="B169" s="3" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="C169" s="3">
-        <v>71453585</v>
+        <v>41615492</v>
       </c>
       <c r="D169" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E169" s="3"/>
       <c r="F169" s="3"/>
       <c r="G169" s="3"/>
       <c r="H169" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="3">
         <v>168</v>
       </c>
       <c r="B170" s="3" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C170" s="3">
-        <v>70124650</v>
+        <v>46240861</v>
       </c>
       <c r="D170" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E170" s="3"/>
       <c r="F170" s="3"/>
       <c r="G170" s="3"/>
       <c r="H170" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="3">
         <v>169</v>
       </c>
       <c r="B171" s="3" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C171" s="3">
-        <v>31008996</v>
+        <v>70676940</v>
       </c>
       <c r="D171" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E171" s="3"/>
       <c r="F171" s="3"/>
       <c r="G171" s="3"/>
       <c r="H171" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="3">
         <v>170</v>
       </c>
       <c r="B172" s="3" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C172" s="3">
-        <v>70359505</v>
+        <v>44861303</v>
       </c>
       <c r="D172" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E172" s="3"/>
       <c r="F172" s="3"/>
       <c r="G172" s="3"/>
       <c r="H172" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="3">
         <v>171</v>
       </c>
       <c r="B173" s="3" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="C173" s="3">
-        <v>60017586</v>
+        <v>48222328</v>
       </c>
       <c r="D173" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E173" s="3"/>
       <c r="F173" s="3"/>
       <c r="G173" s="3"/>
       <c r="H173" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="3">
         <v>172</v>
       </c>
       <c r="B174" s="3" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="C174" s="3">
-        <v>71657159</v>
+        <v>62004662</v>
       </c>
       <c r="D174" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E174" s="3"/>
       <c r="F174" s="3"/>
       <c r="G174" s="3"/>
       <c r="H174" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="3">
         <v>173</v>
       </c>
       <c r="B175" s="3" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="C175" s="3">
-        <v>73184992</v>
+        <v>31363874</v>
       </c>
       <c r="D175" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E175" s="3"/>
       <c r="F175" s="3"/>
       <c r="G175" s="3"/>
       <c r="H175" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="3">
         <v>174</v>
       </c>
       <c r="B176" s="3" t="s">
-        <v>215</v>
-[...2 lines deleted...]
-        <v>72636146</v>
+        <v>217</v>
+      </c>
+      <c r="C176" s="3" t="s">
+        <v>218</v>
       </c>
       <c r="D176" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E176" s="3"/>
       <c r="F176" s="3"/>
       <c r="G176" s="3"/>
       <c r="H176" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="3">
         <v>175</v>
       </c>
       <c r="B177" s="3" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="C177" s="3">
-        <v>74894276</v>
+        <v>71453585</v>
       </c>
       <c r="D177" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E177" s="3"/>
       <c r="F177" s="3"/>
       <c r="G177" s="3"/>
       <c r="H177" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="3">
         <v>176</v>
       </c>
       <c r="B178" s="3" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C178" s="3">
-        <v>47722090</v>
+        <v>70124650</v>
       </c>
       <c r="D178" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E178" s="3"/>
       <c r="F178" s="3"/>
       <c r="G178" s="3"/>
       <c r="H178" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="3">
         <v>177</v>
       </c>
       <c r="B179" s="3" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C179" s="3">
-        <v>45105934</v>
+        <v>31008996</v>
       </c>
       <c r="D179" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E179" s="3"/>
       <c r="F179" s="3"/>
       <c r="G179" s="3"/>
       <c r="H179" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="3">
         <v>178</v>
       </c>
       <c r="B180" s="3" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C180" s="3">
-        <v>44885362</v>
+        <v>70359505</v>
       </c>
       <c r="D180" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E180" s="3"/>
       <c r="F180" s="3"/>
       <c r="G180" s="3"/>
       <c r="H180" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="3">
         <v>179</v>
       </c>
       <c r="B181" s="3" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="C181" s="3">
-        <v>42960561</v>
+        <v>60017586</v>
       </c>
       <c r="D181" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E181" s="3"/>
       <c r="F181" s="3"/>
       <c r="G181" s="3"/>
       <c r="H181" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="3">
         <v>180</v>
       </c>
       <c r="B182" s="3" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C182" s="3">
-        <v>24003946</v>
+        <v>71657159</v>
       </c>
       <c r="D182" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E182" s="3"/>
       <c r="F182" s="3"/>
       <c r="G182" s="3"/>
       <c r="H182" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="3">
         <v>181</v>
       </c>
       <c r="B183" s="3" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="C183" s="3">
-        <v>71450338</v>
+        <v>73184992</v>
       </c>
       <c r="D183" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E183" s="3"/>
       <c r="F183" s="3"/>
       <c r="G183" s="3"/>
       <c r="H183" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="3">
         <v>182</v>
       </c>
       <c r="B184" s="3" t="s">
-        <v>223</v>
+        <v>226</v>
       </c>
       <c r="C184" s="3">
-        <v>74052446</v>
+        <v>72636146</v>
       </c>
       <c r="D184" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E184" s="3"/>
       <c r="F184" s="3"/>
       <c r="G184" s="3"/>
       <c r="H184" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="3">
         <v>183</v>
       </c>
       <c r="B185" s="3" t="s">
-        <v>224</v>
+        <v>227</v>
       </c>
       <c r="C185" s="3">
-        <v>48712635</v>
+        <v>74894276</v>
       </c>
       <c r="D185" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E185" s="3"/>
       <c r="F185" s="3"/>
       <c r="G185" s="3"/>
       <c r="H185" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="3">
         <v>184</v>
       </c>
       <c r="B186" s="3" t="s">
-        <v>225</v>
+        <v>228</v>
       </c>
       <c r="C186" s="3">
-        <v>42055671</v>
+        <v>47722090</v>
       </c>
       <c r="D186" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E186" s="3"/>
       <c r="F186" s="3"/>
       <c r="G186" s="3"/>
       <c r="H186" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="3">
         <v>185</v>
       </c>
       <c r="B187" s="3" t="s">
-        <v>226</v>
+        <v>229</v>
       </c>
       <c r="C187" s="3">
-        <v>31006448</v>
+        <v>45105934</v>
       </c>
       <c r="D187" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E187" s="3"/>
       <c r="F187" s="3"/>
       <c r="G187" s="3"/>
       <c r="H187" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="3">
         <v>186</v>
       </c>
       <c r="B188" s="3" t="s">
-        <v>227</v>
+        <v>230</v>
       </c>
       <c r="C188" s="3">
-        <v>10342548</v>
+        <v>44885362</v>
       </c>
       <c r="D188" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E188" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E188" s="3"/>
       <c r="F188" s="3"/>
       <c r="G188" s="3"/>
       <c r="H188" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="3">
         <v>187</v>
       </c>
       <c r="B189" s="3" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C189" s="3">
-        <v>31039261</v>
+        <v>42960561</v>
       </c>
       <c r="D189" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E189" s="3"/>
       <c r="F189" s="3"/>
       <c r="G189" s="3"/>
       <c r="H189" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="3">
         <v>188</v>
       </c>
       <c r="B190" s="3" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="C190" s="3">
-        <v>41959063</v>
+        <v>31036873</v>
       </c>
       <c r="D190" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E190" s="3"/>
       <c r="F190" s="3"/>
       <c r="G190" s="3"/>
       <c r="H190" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="3">
         <v>189</v>
       </c>
       <c r="B191" s="3" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C191" s="3">
-        <v>41018594</v>
+        <v>24003946</v>
       </c>
       <c r="D191" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E191" s="3"/>
       <c r="F191" s="3"/>
       <c r="G191" s="3"/>
       <c r="H191" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="3">
         <v>190</v>
       </c>
       <c r="B192" s="3" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C192" s="3">
-        <v>31030359</v>
+        <v>71450338</v>
       </c>
       <c r="D192" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E192" s="3"/>
       <c r="F192" s="3"/>
       <c r="G192" s="3"/>
       <c r="H192" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="3">
         <v>191</v>
       </c>
       <c r="B193" s="3" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C193" s="3">
-        <v>31040344</v>
+        <v>74052446</v>
       </c>
       <c r="D193" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E193" s="3"/>
       <c r="F193" s="3"/>
       <c r="G193" s="3"/>
       <c r="H193" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="3">
         <v>192</v>
       </c>
       <c r="B194" s="3" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="C194" s="3">
-        <v>30760136</v>
+        <v>48712635</v>
       </c>
       <c r="D194" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E194" s="3"/>
       <c r="F194" s="3"/>
       <c r="G194" s="3"/>
       <c r="H194" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="3">
         <v>193</v>
       </c>
       <c r="B195" s="3" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="C195" s="3">
-        <v>42693490</v>
+        <v>42055671</v>
       </c>
       <c r="D195" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E195" s="3"/>
       <c r="F195" s="3"/>
       <c r="G195" s="3"/>
       <c r="H195" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="3">
         <v>194</v>
       </c>
       <c r="B196" s="3" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C196" s="3">
-        <v>40799849</v>
+        <v>31006448</v>
       </c>
       <c r="D196" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E196" s="3"/>
       <c r="F196" s="3"/>
       <c r="G196" s="3"/>
       <c r="H196" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="3">
         <v>195</v>
       </c>
       <c r="B197" s="3" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C197" s="3">
-        <v>31660341</v>
+        <v>10342548</v>
       </c>
       <c r="D197" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E197" s="3"/>
+      <c r="E197" s="3" t="s">
+        <v>240</v>
+      </c>
       <c r="F197" s="3"/>
       <c r="G197" s="3"/>
       <c r="H197" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="3">
         <v>196</v>
       </c>
       <c r="B198" s="3" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C198" s="3">
-        <v>31041717</v>
+        <v>31039261</v>
       </c>
       <c r="D198" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E198" s="3"/>
       <c r="F198" s="3"/>
       <c r="G198" s="3"/>
       <c r="H198" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="3">
         <v>197</v>
       </c>
       <c r="B199" s="3" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="C199" s="3">
-        <v>40796539</v>
+        <v>41959063</v>
       </c>
       <c r="D199" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E199" s="3"/>
       <c r="F199" s="3"/>
       <c r="G199" s="3"/>
       <c r="H199" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="3">
         <v>198</v>
       </c>
       <c r="B200" s="3" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="C200" s="3">
-        <v>70666601</v>
+        <v>41018594</v>
       </c>
       <c r="D200" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E200" s="3"/>
       <c r="F200" s="3"/>
       <c r="G200" s="3"/>
       <c r="H200" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="3">
         <v>199</v>
       </c>
       <c r="B201" s="3" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C201" s="3">
-        <v>44045114</v>
+        <v>31030359</v>
       </c>
       <c r="D201" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E201" s="3"/>
       <c r="F201" s="3"/>
       <c r="G201" s="3"/>
       <c r="H201" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="3">
         <v>200</v>
       </c>
       <c r="B202" s="3" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="C202" s="3">
-        <v>72701858</v>
+        <v>31040344</v>
       </c>
       <c r="D202" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E202" s="3"/>
       <c r="F202" s="3"/>
       <c r="G202" s="3"/>
       <c r="H202" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="3">
         <v>201</v>
       </c>
       <c r="B203" s="3" t="s">
-        <v>243</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>246</v>
+      </c>
+      <c r="C203" s="3">
+        <v>30760136</v>
       </c>
       <c r="D203" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E203" s="3"/>
       <c r="F203" s="3"/>
       <c r="G203" s="3"/>
       <c r="H203" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="3">
         <v>202</v>
       </c>
       <c r="B204" s="3" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C204" s="3">
-        <v>73619723</v>
+        <v>42693490</v>
       </c>
       <c r="D204" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E204" s="3"/>
       <c r="F204" s="3"/>
       <c r="G204" s="3"/>
       <c r="H204" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="3">
         <v>203</v>
       </c>
       <c r="B205" s="3" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="C205" s="3">
-        <v>71380250</v>
+        <v>40799849</v>
       </c>
       <c r="D205" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E205" s="3"/>
       <c r="F205" s="3"/>
       <c r="G205" s="3"/>
       <c r="H205" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="3">
         <v>204</v>
       </c>
       <c r="B206" s="3" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="C206" s="3">
-        <v>71387783</v>
+        <v>31660341</v>
       </c>
       <c r="D206" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E206" s="3"/>
       <c r="F206" s="3"/>
       <c r="G206" s="3"/>
       <c r="H206" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="3">
         <v>205</v>
       </c>
       <c r="B207" s="3" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C207" s="3">
-        <v>76288418</v>
+        <v>31041717</v>
       </c>
       <c r="D207" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E207" s="3"/>
       <c r="F207" s="3"/>
       <c r="G207" s="3"/>
       <c r="H207" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="3">
         <v>206</v>
       </c>
       <c r="B208" s="3" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="C208" s="3">
-        <v>44573243</v>
+        <v>40796539</v>
       </c>
       <c r="D208" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E208" s="3"/>
       <c r="F208" s="3"/>
       <c r="G208" s="3"/>
       <c r="H208" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="3">
         <v>207</v>
       </c>
       <c r="B209" s="3" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C209" s="3">
-        <v>42323035</v>
+        <v>70666601</v>
       </c>
       <c r="D209" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E209" s="3"/>
       <c r="F209" s="3"/>
       <c r="G209" s="3"/>
       <c r="H209" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="3">
         <v>208</v>
       </c>
       <c r="B210" s="3" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="C210" s="3">
-        <v>20610721614</v>
+        <v>44045114</v>
       </c>
       <c r="D210" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E210" s="3"/>
       <c r="F210" s="3"/>
       <c r="G210" s="3"/>
       <c r="H210" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="3">
         <v>209</v>
       </c>
       <c r="B211" s="3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C211" s="3">
-        <v>31045471</v>
+        <v>72701858</v>
       </c>
       <c r="D211" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E211" s="3"/>
       <c r="F211" s="3"/>
       <c r="G211" s="3"/>
       <c r="H211" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="3">
         <v>210</v>
       </c>
       <c r="B212" s="3" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>71800975</v>
+        <v>255</v>
+      </c>
+      <c r="C212" s="3" t="s">
+        <v>256</v>
       </c>
       <c r="D212" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E212" s="3"/>
       <c r="F212" s="3"/>
       <c r="G212" s="3"/>
       <c r="H212" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="3">
         <v>211</v>
       </c>
       <c r="B213" s="3" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="C213" s="3">
-        <v>77212587</v>
+        <v>73619723</v>
       </c>
       <c r="D213" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E213" s="3"/>
       <c r="F213" s="3"/>
       <c r="G213" s="3"/>
       <c r="H213" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="3">
         <v>212</v>
       </c>
       <c r="B214" s="3" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="C214" s="3">
-        <v>76014894</v>
+        <v>71380250</v>
       </c>
       <c r="D214" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E214" s="3"/>
       <c r="F214" s="3"/>
       <c r="G214" s="3"/>
       <c r="H214" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="3">
         <v>213</v>
       </c>
       <c r="B215" s="3" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="C215" s="3">
-        <v>48593372</v>
+        <v>71387783</v>
       </c>
       <c r="D215" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E215" s="3"/>
       <c r="F215" s="3"/>
       <c r="G215" s="3"/>
       <c r="H215" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="3">
         <v>214</v>
       </c>
       <c r="B216" s="3" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C216" s="3">
-        <v>71614470</v>
+        <v>76288418</v>
       </c>
       <c r="D216" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E216" s="3"/>
       <c r="F216" s="3"/>
       <c r="G216" s="3"/>
       <c r="H216" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="3">
         <v>215</v>
       </c>
       <c r="B217" s="3" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="C217" s="3">
-        <v>42966692</v>
+        <v>44573243</v>
       </c>
       <c r="D217" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E217" s="3"/>
       <c r="F217" s="3"/>
       <c r="G217" s="3"/>
       <c r="H217" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="3">
         <v>216</v>
       </c>
       <c r="B218" s="3" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C218" s="3">
-        <v>76862834</v>
+        <v>42323035</v>
       </c>
       <c r="D218" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E218" s="3"/>
       <c r="F218" s="3"/>
       <c r="G218" s="3"/>
       <c r="H218" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="3">
         <v>217</v>
       </c>
       <c r="B219" s="3" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C219" s="3">
-        <v>40666712</v>
+        <v>20610721614</v>
       </c>
       <c r="D219" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E219" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E219" s="3" t="s">
+        <v>264</v>
+      </c>
       <c r="F219" s="3"/>
       <c r="G219" s="3"/>
       <c r="H219" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="3">
         <v>218</v>
       </c>
       <c r="B220" s="3" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
       <c r="C220" s="3">
-        <v>44706606</v>
+        <v>31045471</v>
       </c>
       <c r="D220" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E220" s="3"/>
       <c r="F220" s="3"/>
       <c r="G220" s="3"/>
       <c r="H220" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="3">
         <v>219</v>
       </c>
       <c r="B221" s="3" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C221" s="3">
-        <v>45101909</v>
+        <v>71800975</v>
       </c>
       <c r="D221" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E221" s="3"/>
       <c r="F221" s="3"/>
       <c r="G221" s="3"/>
       <c r="H221" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="3">
         <v>220</v>
       </c>
       <c r="B222" s="3" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="C222" s="3">
-        <v>31041180</v>
+        <v>77212587</v>
       </c>
       <c r="D222" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E222" s="3"/>
       <c r="F222" s="3"/>
       <c r="G222" s="3"/>
       <c r="H222" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="3">
         <v>221</v>
       </c>
       <c r="B223" s="3" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="C223" s="3">
-        <v>23844985</v>
+        <v>76014894</v>
       </c>
       <c r="D223" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E223" s="3"/>
       <c r="F223" s="3"/>
       <c r="G223" s="3"/>
       <c r="H223" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="3">
         <v>222</v>
       </c>
       <c r="B224" s="3" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="C224" s="3">
-        <v>71043527</v>
+        <v>48593372</v>
       </c>
       <c r="D224" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E224" s="3"/>
       <c r="F224" s="3"/>
       <c r="G224" s="3"/>
       <c r="H224" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="3">
         <v>223</v>
       </c>
       <c r="B225" s="3" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C225" s="3">
-        <v>71016362</v>
+        <v>71614470</v>
       </c>
       <c r="D225" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E225" s="3"/>
       <c r="F225" s="3"/>
       <c r="G225" s="3"/>
       <c r="H225" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="3">
         <v>224</v>
       </c>
       <c r="B226" s="3" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="C226" s="3">
-        <v>70189163</v>
+        <v>42966692</v>
       </c>
       <c r="D226" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E226" s="3"/>
       <c r="F226" s="3"/>
       <c r="G226" s="3"/>
       <c r="H226" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="3">
         <v>225</v>
       </c>
       <c r="B227" s="3" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="C227" s="3">
-        <v>76180351</v>
+        <v>76862834</v>
       </c>
       <c r="D227" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E227" s="3"/>
       <c r="F227" s="3"/>
       <c r="G227" s="3"/>
       <c r="H227" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="3">
         <v>226</v>
       </c>
       <c r="B228" s="3" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="C228" s="3">
-        <v>44747137</v>
+        <v>40666712</v>
       </c>
       <c r="D228" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E228" s="3"/>
       <c r="F228" s="3"/>
       <c r="G228" s="3"/>
       <c r="H228" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="3">
         <v>227</v>
       </c>
       <c r="B229" s="3" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C229" s="3">
-        <v>10438274575</v>
+        <v>44706606</v>
       </c>
       <c r="D229" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E229" s="3"/>
       <c r="F229" s="3"/>
       <c r="G229" s="3"/>
       <c r="H229" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="3">
         <v>228</v>
       </c>
       <c r="B230" s="3" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="C230" s="3">
-        <v>75591537</v>
+        <v>45101909</v>
       </c>
       <c r="D230" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E230" s="3"/>
       <c r="F230" s="3"/>
       <c r="G230" s="3"/>
       <c r="H230" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="3">
         <v>229</v>
       </c>
       <c r="B231" s="3" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="C231" s="3">
-        <v>48239564</v>
+        <v>31041180</v>
       </c>
       <c r="D231" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E231" s="3"/>
       <c r="F231" s="3"/>
       <c r="G231" s="3"/>
       <c r="H231" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="3">
         <v>230</v>
       </c>
       <c r="B232" s="3" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C232" s="3">
-        <v>76839163</v>
+        <v>23844985</v>
       </c>
       <c r="D232" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E232" s="3"/>
       <c r="F232" s="3"/>
       <c r="G232" s="3"/>
       <c r="H232" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="3">
         <v>231</v>
       </c>
       <c r="B233" s="3" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C233" s="3">
-        <v>72281601</v>
+        <v>71043527</v>
       </c>
       <c r="D233" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E233" s="3"/>
       <c r="F233" s="3"/>
       <c r="G233" s="3"/>
       <c r="H233" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="3">
         <v>232</v>
       </c>
       <c r="B234" s="3" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="C234" s="3">
-        <v>19332213</v>
+        <v>71016362</v>
       </c>
       <c r="D234" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E234" s="3"/>
       <c r="F234" s="3"/>
       <c r="G234" s="3"/>
       <c r="H234" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="3">
         <v>233</v>
       </c>
       <c r="B235" s="3" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C235" s="3">
-        <v>70220783</v>
+        <v>70189163</v>
       </c>
       <c r="D235" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E235" s="3"/>
       <c r="F235" s="3"/>
       <c r="G235" s="3"/>
       <c r="H235" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="3">
         <v>234</v>
       </c>
       <c r="B236" s="3" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="C236" s="3">
-        <v>71745628</v>
+        <v>76180351</v>
       </c>
       <c r="D236" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E236" s="3"/>
       <c r="F236" s="3"/>
       <c r="G236" s="3"/>
       <c r="H236" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="3">
         <v>235</v>
       </c>
       <c r="B237" s="3" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="C237" s="3">
-        <v>20101298851</v>
+        <v>44747137</v>
       </c>
       <c r="D237" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E237" s="3"/>
       <c r="F237" s="3"/>
       <c r="G237" s="3"/>
       <c r="H237" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="3">
         <v>236</v>
       </c>
       <c r="B238" s="3" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="C238" s="3">
-        <v>10800354566</v>
+        <v>10438274575</v>
       </c>
       <c r="D238" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E238" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F238" s="3"/>
       <c r="G238" s="3"/>
       <c r="H238" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="3">
         <v>237</v>
       </c>
       <c r="B239" s="3" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="C239" s="3">
-        <v>40227109</v>
+        <v>75591537</v>
       </c>
       <c r="D239" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E239" s="3"/>
       <c r="F239" s="3"/>
       <c r="G239" s="3"/>
       <c r="H239" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="3">
         <v>238</v>
       </c>
       <c r="B240" s="3" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="C240" s="3">
-        <v>42826494</v>
+        <v>48239564</v>
       </c>
       <c r="D240" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E240" s="3"/>
       <c r="F240" s="3"/>
       <c r="G240" s="3"/>
       <c r="H240" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="3">
         <v>239</v>
       </c>
       <c r="B241" s="3" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="C241" s="3">
-        <v>47902227</v>
+        <v>76839163</v>
       </c>
       <c r="D241" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E241" s="3"/>
       <c r="F241" s="3"/>
       <c r="G241" s="3"/>
       <c r="H241" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="3">
         <v>240</v>
       </c>
       <c r="B242" s="3" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="C242" s="3">
-        <v>44832014</v>
+        <v>45634044</v>
       </c>
       <c r="D242" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E242" s="3"/>
       <c r="F242" s="3"/>
       <c r="G242" s="3"/>
       <c r="H242" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="3">
         <v>241</v>
       </c>
       <c r="B243" s="3" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="C243" s="3">
-        <v>23950215</v>
+        <v>72281601</v>
       </c>
       <c r="D243" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E243" s="3"/>
       <c r="F243" s="3"/>
       <c r="G243" s="3"/>
       <c r="H243" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="3">
         <v>242</v>
       </c>
       <c r="B244" s="3" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="C244" s="3">
-        <v>80094016</v>
+        <v>19332213</v>
       </c>
       <c r="D244" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E244" s="3"/>
       <c r="F244" s="3"/>
       <c r="G244" s="3"/>
       <c r="H244" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="3">
         <v>243</v>
       </c>
       <c r="B245" s="3" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="C245" s="3">
-        <v>80023761</v>
+        <v>70220783</v>
       </c>
       <c r="D245" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E245" s="3"/>
       <c r="F245" s="3"/>
       <c r="G245" s="3"/>
       <c r="H245" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="3">
         <v>244</v>
       </c>
       <c r="B246" s="3" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="C246" s="3">
-        <v>60016096</v>
+        <v>71745628</v>
       </c>
       <c r="D246" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E246" s="3"/>
       <c r="F246" s="3"/>
       <c r="G246" s="3"/>
       <c r="H246" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="3">
         <v>245</v>
       </c>
       <c r="B247" s="3" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="C247" s="3">
-        <v>31008601</v>
+        <v>20101298851</v>
       </c>
       <c r="D247" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E247" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E247" s="3" t="s">
+        <v>293</v>
+      </c>
       <c r="F247" s="3"/>
       <c r="G247" s="3"/>
       <c r="H247" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="3">
         <v>246</v>
       </c>
       <c r="B248" s="3" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="C248" s="3">
-        <v>41063845</v>
+        <v>10800354566</v>
       </c>
       <c r="D248" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E248" s="3" t="s">
-        <v>292</v>
+        <v>37</v>
       </c>
       <c r="F248" s="3"/>
       <c r="G248" s="3"/>
       <c r="H248" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="3">
         <v>247</v>
       </c>
       <c r="B249" s="3" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C249" s="3">
-        <v>23704653</v>
+        <v>40227109</v>
       </c>
       <c r="D249" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E249" s="3"/>
       <c r="F249" s="3"/>
       <c r="G249" s="3"/>
       <c r="H249" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="3">
         <v>248</v>
       </c>
       <c r="B250" s="3" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="C250" s="3">
-        <v>70777335</v>
+        <v>42826494</v>
       </c>
       <c r="D250" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E250" s="3"/>
       <c r="F250" s="3"/>
       <c r="G250" s="3"/>
       <c r="H250" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="3">
         <v>249</v>
       </c>
       <c r="B251" s="3" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="C251" s="3">
-        <v>60114755</v>
+        <v>47902227</v>
       </c>
       <c r="D251" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E251" s="3"/>
       <c r="F251" s="3"/>
       <c r="G251" s="3"/>
       <c r="H251" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="3">
         <v>250</v>
       </c>
       <c r="B252" s="3" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="C252" s="3">
-        <v>44499618</v>
+        <v>44832014</v>
       </c>
       <c r="D252" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E252" s="3"/>
       <c r="F252" s="3"/>
       <c r="G252" s="3"/>
       <c r="H252" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="3">
         <v>251</v>
       </c>
       <c r="B253" s="3" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C253" s="3">
-        <v>77812520</v>
+        <v>23950215</v>
       </c>
       <c r="D253" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E253" s="3"/>
       <c r="F253" s="3"/>
       <c r="G253" s="3"/>
       <c r="H253" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="3">
         <v>252</v>
       </c>
       <c r="B254" s="3" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C254" s="3">
-        <v>71898334</v>
+        <v>80094016</v>
       </c>
       <c r="D254" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E254" s="3"/>
       <c r="F254" s="3"/>
       <c r="G254" s="3"/>
       <c r="H254" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="3">
         <v>253</v>
       </c>
       <c r="B255" s="3" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C255" s="3">
-        <v>73809011</v>
+        <v>80023761</v>
       </c>
       <c r="D255" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E255" s="3"/>
       <c r="F255" s="3"/>
       <c r="G255" s="3"/>
       <c r="H255" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="3">
         <v>254</v>
       </c>
       <c r="B256" s="3" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="C256" s="3">
-        <v>60014372</v>
+        <v>60016096</v>
       </c>
       <c r="D256" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E256" s="3"/>
       <c r="F256" s="3"/>
       <c r="G256" s="3"/>
       <c r="H256" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="3">
         <v>255</v>
       </c>
       <c r="B257" s="3" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C257" s="3">
-        <v>23849329</v>
+        <v>31008601</v>
       </c>
       <c r="D257" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E257" s="3"/>
       <c r="F257" s="3"/>
       <c r="G257" s="3"/>
       <c r="H257" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="3">
         <v>256</v>
       </c>
       <c r="B258" s="3" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="C258" s="3">
-        <v>43619446</v>
+        <v>41063845</v>
       </c>
       <c r="D258" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E258" s="3"/>
+      <c r="E258" s="3" t="s">
+        <v>305</v>
+      </c>
       <c r="F258" s="3"/>
       <c r="G258" s="3"/>
       <c r="H258" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="3">
         <v>257</v>
       </c>
       <c r="B259" s="3" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="C259" s="3">
-        <v>73604029</v>
+        <v>23704653</v>
       </c>
       <c r="D259" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E259" s="3"/>
       <c r="F259" s="3"/>
       <c r="G259" s="3"/>
       <c r="H259" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="3">
         <v>258</v>
       </c>
       <c r="B260" s="3" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="C260" s="3">
-        <v>71304311</v>
+        <v>70777335</v>
       </c>
       <c r="D260" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E260" s="3"/>
       <c r="F260" s="3"/>
       <c r="G260" s="3"/>
       <c r="H260" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="3">
         <v>259</v>
       </c>
       <c r="B261" s="3" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="C261" s="3">
-        <v>31032424</v>
+        <v>60114755</v>
       </c>
       <c r="D261" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E261" s="3"/>
       <c r="F261" s="3"/>
       <c r="G261" s="3"/>
       <c r="H261" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="3">
         <v>260</v>
       </c>
       <c r="B262" s="3" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="C262" s="3">
-        <v>25836345</v>
+        <v>44499618</v>
       </c>
       <c r="D262" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E262" s="3"/>
       <c r="F262" s="3"/>
       <c r="G262" s="3"/>
       <c r="H262" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="3">
         <v>261</v>
       </c>
       <c r="B263" s="3" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="C263" s="3">
-        <v>45388615</v>
+        <v>77812520</v>
       </c>
       <c r="D263" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E263" s="3"/>
       <c r="F263" s="3"/>
       <c r="G263" s="3"/>
       <c r="H263" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="3">
         <v>262</v>
       </c>
       <c r="B264" s="3" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="C264" s="3">
-        <v>47251473</v>
+        <v>71898334</v>
       </c>
       <c r="D264" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E264" s="3"/>
       <c r="F264" s="3"/>
       <c r="G264" s="3"/>
       <c r="H264" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="3">
         <v>263</v>
       </c>
       <c r="B265" s="3" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="C265" s="3">
-        <v>43792890</v>
+        <v>73809011</v>
       </c>
       <c r="D265" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E265" s="3"/>
       <c r="F265" s="3"/>
       <c r="G265" s="3"/>
       <c r="H265" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="3">
         <v>264</v>
       </c>
       <c r="B266" s="3" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="C266" s="3">
-        <v>73597714</v>
+        <v>60014372</v>
       </c>
       <c r="D266" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E266" s="3"/>
       <c r="F266" s="3"/>
       <c r="G266" s="3"/>
       <c r="H266" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="3">
         <v>265</v>
       </c>
       <c r="B267" s="3" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="C267" s="3">
-        <v>77237748</v>
+        <v>23849329</v>
       </c>
       <c r="D267" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E267" s="3"/>
       <c r="F267" s="3"/>
       <c r="G267" s="3"/>
       <c r="H267" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="3">
         <v>266</v>
       </c>
       <c r="B268" s="3" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="C268" s="3">
-        <v>70905292</v>
+        <v>43619446</v>
       </c>
       <c r="D268" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E268" s="3"/>
       <c r="F268" s="3"/>
       <c r="G268" s="3"/>
       <c r="H268" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="3">
         <v>267</v>
       </c>
       <c r="B269" s="3" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="C269" s="3">
-        <v>31036967</v>
+        <v>73604029</v>
       </c>
       <c r="D269" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E269" s="3"/>
       <c r="F269" s="3"/>
       <c r="G269" s="3"/>
       <c r="H269" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="3">
         <v>268</v>
       </c>
       <c r="B270" s="3" t="s">
-        <v>314</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>317</v>
+      </c>
+      <c r="C270" s="3">
+        <v>71304311</v>
       </c>
       <c r="D270" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E270" s="3"/>
       <c r="F270" s="3"/>
       <c r="G270" s="3"/>
       <c r="H270" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="3">
         <v>269</v>
       </c>
       <c r="B271" s="3" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="C271" s="3">
-        <v>46953646</v>
+        <v>47037105</v>
       </c>
       <c r="D271" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E271" s="3"/>
       <c r="F271" s="3"/>
       <c r="G271" s="3"/>
       <c r="H271" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="3">
         <v>270</v>
       </c>
       <c r="B272" s="3" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="C272" s="3">
-        <v>42743110</v>
+        <v>31032424</v>
       </c>
       <c r="D272" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E272" s="3"/>
       <c r="F272" s="3"/>
       <c r="G272" s="3"/>
       <c r="H272" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="3">
         <v>271</v>
       </c>
       <c r="B273" s="3" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C273" s="3">
-        <v>31039505</v>
+        <v>25836345</v>
       </c>
       <c r="D273" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E273" s="3"/>
       <c r="F273" s="3"/>
       <c r="G273" s="3"/>
       <c r="H273" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="3">
         <v>272</v>
       </c>
       <c r="B274" s="3" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C274" s="3">
-        <v>20148182788</v>
+        <v>45388615</v>
       </c>
       <c r="D274" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E274" s="3"/>
       <c r="F274" s="3"/>
       <c r="G274" s="3"/>
       <c r="H274" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="3">
         <v>273</v>
       </c>
       <c r="B275" s="3" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C275" s="3">
-        <v>20603014376</v>
+        <v>47251473</v>
       </c>
       <c r="D275" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E275" s="3"/>
       <c r="F275" s="3"/>
       <c r="G275" s="3"/>
       <c r="H275" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="3">
         <v>274</v>
       </c>
       <c r="B276" s="3" t="s">
         <v>323</v>
       </c>
       <c r="C276" s="3">
-        <v>72736481</v>
+        <v>43792890</v>
       </c>
       <c r="D276" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E276" s="3"/>
       <c r="F276" s="3"/>
       <c r="G276" s="3"/>
       <c r="H276" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="3">
         <v>275</v>
       </c>
       <c r="B277" s="3" t="s">
         <v>324</v>
       </c>
       <c r="C277" s="3">
-        <v>41190283</v>
+        <v>73597714</v>
       </c>
       <c r="D277" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E277" s="3"/>
       <c r="F277" s="3"/>
       <c r="G277" s="3"/>
       <c r="H277" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="3">
         <v>276</v>
       </c>
       <c r="B278" s="3" t="s">
         <v>325</v>
       </c>
       <c r="C278" s="3">
-        <v>31038130</v>
+        <v>77237748</v>
       </c>
       <c r="D278" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E278" s="3"/>
       <c r="F278" s="3"/>
       <c r="G278" s="3"/>
       <c r="H278" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="3">
         <v>277</v>
       </c>
       <c r="B279" s="3" t="s">
         <v>326</v>
       </c>
       <c r="C279" s="3">
-        <v>31042563</v>
+        <v>70905292</v>
       </c>
       <c r="D279" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E279" s="3"/>
       <c r="F279" s="3"/>
       <c r="G279" s="3"/>
       <c r="H279" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="3">
         <v>278</v>
       </c>
       <c r="B280" s="3" t="s">
         <v>327</v>
       </c>
       <c r="C280" s="3">
-        <v>47065628</v>
+        <v>31036967</v>
       </c>
       <c r="D280" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E280" s="3"/>
       <c r="F280" s="3"/>
       <c r="G280" s="3"/>
       <c r="H280" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="3">
         <v>279</v>
       </c>
       <c r="B281" s="3" t="s">
         <v>328</v>
       </c>
       <c r="C281" s="3">
-        <v>70792938</v>
+        <v>41032083</v>
       </c>
       <c r="D281" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E281" s="3"/>
       <c r="F281" s="3"/>
       <c r="G281" s="3"/>
       <c r="H281" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="3">
         <v>280</v>
       </c>
       <c r="B282" s="3" t="s">
         <v>329</v>
       </c>
-      <c r="C282" s="3">
-        <v>40659963</v>
+      <c r="C282" s="3" t="s">
+        <v>330</v>
       </c>
       <c r="D282" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E282" s="3"/>
       <c r="F282" s="3"/>
       <c r="G282" s="3"/>
       <c r="H282" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="3">
         <v>281</v>
       </c>
       <c r="B283" s="3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C283" s="3">
-        <v>44442497</v>
+        <v>20517745741</v>
       </c>
       <c r="D283" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E283" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E283" s="3" t="s">
+        <v>332</v>
+      </c>
       <c r="F283" s="3"/>
       <c r="G283" s="3"/>
       <c r="H283" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="3">
         <v>282</v>
       </c>
       <c r="B284" s="3" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="C284" s="3">
-        <v>29426340</v>
+        <v>46953646</v>
       </c>
       <c r="D284" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E284" s="3" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E284" s="3"/>
       <c r="F284" s="3"/>
       <c r="G284" s="3"/>
       <c r="H284" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="3">
         <v>283</v>
       </c>
       <c r="B285" s="3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C285" s="3">
-        <v>31039931</v>
+        <v>42743110</v>
       </c>
       <c r="D285" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E285" s="3"/>
       <c r="F285" s="3"/>
       <c r="G285" s="3"/>
       <c r="H285" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="3">
         <v>284</v>
       </c>
       <c r="B286" s="3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="C286" s="3">
-        <v>63364049</v>
+        <v>31039505</v>
       </c>
       <c r="D286" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E286" s="3"/>
       <c r="F286" s="3"/>
       <c r="G286" s="3"/>
       <c r="H286" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="3">
         <v>285</v>
       </c>
       <c r="B287" s="3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C287" s="3">
-        <v>71563036</v>
+        <v>20148182788</v>
       </c>
       <c r="D287" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E287" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E287" s="3" t="s">
+        <v>337</v>
+      </c>
       <c r="F287" s="3"/>
       <c r="G287" s="3"/>
       <c r="H287" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="3">
         <v>286</v>
       </c>
       <c r="B288" s="3" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="C288" s="3">
-        <v>71657797</v>
+        <v>20603014376</v>
       </c>
       <c r="D288" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E288" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E288" s="3" t="s">
+        <v>339</v>
+      </c>
       <c r="F288" s="3"/>
       <c r="G288" s="3"/>
       <c r="H288" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="3">
         <v>287</v>
       </c>
       <c r="B289" s="3" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="C289" s="3">
-        <v>46983616</v>
+        <v>72736481</v>
       </c>
       <c r="D289" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E289" s="3"/>
       <c r="F289" s="3"/>
       <c r="G289" s="3"/>
       <c r="H289" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="3">
         <v>288</v>
       </c>
       <c r="B290" s="3" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
       <c r="C290" s="3">
-        <v>75827638</v>
+        <v>41190283</v>
       </c>
       <c r="D290" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E290" s="3"/>
       <c r="F290" s="3"/>
       <c r="G290" s="3"/>
       <c r="H290" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="3">
         <v>289</v>
       </c>
       <c r="B291" s="3" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C291" s="3">
-        <v>31005525</v>
+        <v>31038130</v>
       </c>
       <c r="D291" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E291" s="3"/>
       <c r="F291" s="3"/>
       <c r="G291" s="3"/>
       <c r="H291" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="3">
         <v>290</v>
       </c>
       <c r="B292" s="3" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="C292" s="3">
-        <v>31027038</v>
+        <v>31042563</v>
       </c>
       <c r="D292" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E292" s="3"/>
       <c r="F292" s="3"/>
       <c r="G292" s="3"/>
       <c r="H292" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="3">
         <v>291</v>
       </c>
       <c r="B293" s="3" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="C293" s="3">
-        <v>75053279</v>
+        <v>47065628</v>
       </c>
       <c r="D293" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E293" s="3"/>
       <c r="F293" s="3"/>
       <c r="G293" s="3"/>
       <c r="H293" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="3">
         <v>292</v>
       </c>
       <c r="B294" s="3" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="C294" s="3">
-        <v>47534483</v>
+        <v>70792938</v>
       </c>
       <c r="D294" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E294" s="3"/>
       <c r="F294" s="3"/>
       <c r="G294" s="3"/>
       <c r="H294" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="3">
         <v>293</v>
       </c>
       <c r="B295" s="3" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="C295" s="3">
-        <v>73217673</v>
+        <v>40659963</v>
       </c>
       <c r="D295" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E295" s="3"/>
       <c r="F295" s="3"/>
       <c r="G295" s="3"/>
       <c r="H295" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="3">
         <v>294</v>
       </c>
       <c r="B296" s="3" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="C296" s="3">
-        <v>20602357865</v>
+        <v>44442497</v>
       </c>
       <c r="D296" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E296" s="3"/>
       <c r="F296" s="3"/>
       <c r="G296" s="3"/>
       <c r="H296" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="3">
         <v>295</v>
       </c>
       <c r="B297" s="3" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C297" s="3">
-        <v>10421255232</v>
+        <v>29426340</v>
       </c>
       <c r="D297" s="3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="E297" s="3" t="s">
-        <v>37</v>
+        <v>349</v>
       </c>
       <c r="F297" s="3"/>
       <c r="G297" s="3"/>
       <c r="H297" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="3">
         <v>296</v>
       </c>
       <c r="B298" s="3" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C298" s="3">
-        <v>20603676808</v>
+        <v>31039931</v>
       </c>
       <c r="D298" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E298" s="3"/>
       <c r="F298" s="3"/>
       <c r="G298" s="3"/>
       <c r="H298" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="3">
         <v>297</v>
       </c>
       <c r="B299" s="3" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C299" s="3">
-        <v>10220853255</v>
+        <v>63364049</v>
       </c>
       <c r="D299" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E299" s="3"/>
       <c r="F299" s="3"/>
       <c r="G299" s="3"/>
       <c r="H299" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="3">
         <v>298</v>
       </c>
       <c r="B300" s="3" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C300" s="3">
-        <v>10769504635</v>
+        <v>71563036</v>
       </c>
       <c r="D300" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E300" s="3"/>
       <c r="F300" s="3"/>
       <c r="G300" s="3"/>
       <c r="H300" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="3">
         <v>299</v>
       </c>
       <c r="B301" s="3" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="C301" s="3">
-        <v>60014473</v>
+        <v>71657797</v>
       </c>
       <c r="D301" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E301" s="3"/>
       <c r="F301" s="3"/>
       <c r="G301" s="3"/>
       <c r="H301" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="3">
         <v>300</v>
       </c>
       <c r="B302" s="3" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="C302" s="3">
-        <v>31009911</v>
+        <v>46983616</v>
       </c>
       <c r="D302" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E302" s="3"/>
       <c r="F302" s="3"/>
       <c r="G302" s="3"/>
       <c r="H302" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="3">
         <v>301</v>
       </c>
       <c r="B303" s="3" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="C303" s="3">
-        <v>76045909</v>
+        <v>75827638</v>
       </c>
       <c r="D303" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E303" s="3"/>
       <c r="F303" s="3"/>
       <c r="G303" s="3"/>
       <c r="H303" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="3">
         <v>302</v>
       </c>
       <c r="B304" s="3" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="C304" s="3">
-        <v>47572700</v>
+        <v>31005525</v>
       </c>
       <c r="D304" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E304" s="3"/>
       <c r="F304" s="3"/>
       <c r="G304" s="3"/>
       <c r="H304" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="3">
         <v>303</v>
       </c>
       <c r="B305" s="3" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="C305" s="3">
-        <v>74615677</v>
+        <v>31027038</v>
       </c>
       <c r="D305" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E305" s="3"/>
       <c r="F305" s="3"/>
       <c r="G305" s="3"/>
       <c r="H305" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="3">
         <v>304</v>
       </c>
       <c r="B306" s="3" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C306" s="3">
-        <v>44341404</v>
+        <v>75053279</v>
       </c>
       <c r="D306" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E306" s="3"/>
       <c r="F306" s="3"/>
       <c r="G306" s="3"/>
       <c r="H306" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="3">
         <v>305</v>
       </c>
       <c r="B307" s="3" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="C307" s="3">
-        <v>31020629</v>
+        <v>47534483</v>
       </c>
       <c r="D307" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E307" s="3"/>
       <c r="F307" s="3"/>
       <c r="G307" s="3"/>
       <c r="H307" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="3">
         <v>306</v>
       </c>
       <c r="B308" s="3" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="C308" s="3">
-        <v>20509797847</v>
+        <v>73217673</v>
       </c>
       <c r="D308" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E308" s="3"/>
       <c r="F308" s="3"/>
       <c r="G308" s="3"/>
       <c r="H308" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="3">
         <v>307</v>
       </c>
       <c r="B309" s="3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C309" s="3">
-        <v>10471871660</v>
+        <v>20602357865</v>
       </c>
       <c r="D309" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E309" s="3" t="s">
-        <v>37</v>
+        <v>362</v>
       </c>
       <c r="F309" s="3"/>
       <c r="G309" s="3"/>
       <c r="H309" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="3">
         <v>308</v>
       </c>
       <c r="B310" s="3" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="C310" s="3">
-        <v>10420768945</v>
+        <v>10421255232</v>
       </c>
       <c r="D310" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E310" s="3" t="s">
         <v>37</v>
       </c>
       <c r="F310" s="3"/>
       <c r="G310" s="3"/>
       <c r="H310" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="3">
         <v>309</v>
       </c>
       <c r="B311" s="3" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C311" s="3">
-        <v>10345334</v>
+        <v>20603676808</v>
       </c>
       <c r="D311" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E311" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E311" s="3" t="s">
+        <v>365</v>
+      </c>
       <c r="F311" s="3"/>
       <c r="G311" s="3"/>
       <c r="H311" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="3">
         <v>310</v>
       </c>
       <c r="B312" s="3" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="C312" s="3">
-        <v>31037845</v>
+        <v>10220853255</v>
       </c>
       <c r="D312" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E312" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E312" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F312" s="3"/>
       <c r="G312" s="3"/>
       <c r="H312" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="3">
         <v>311</v>
       </c>
       <c r="B313" s="3" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="C313" s="3">
-        <v>74276982</v>
+        <v>10769504635</v>
       </c>
       <c r="D313" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E313" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E313" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F313" s="3"/>
       <c r="G313" s="3"/>
       <c r="H313" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="3">
         <v>312</v>
       </c>
       <c r="B314" s="3" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="C314" s="3">
-        <v>20526938535</v>
+        <v>23953252</v>
       </c>
       <c r="D314" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E314" s="3"/>
       <c r="F314" s="3"/>
       <c r="G314" s="3"/>
       <c r="H314" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="3">
         <v>313</v>
       </c>
       <c r="B315" s="3" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="C315" s="3">
-        <v>31348864</v>
+        <v>60014473</v>
       </c>
       <c r="D315" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E315" s="3"/>
       <c r="F315" s="3"/>
       <c r="G315" s="3"/>
       <c r="H315" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="3">
         <v>314</v>
       </c>
       <c r="B316" s="3" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="C316" s="3">
-        <v>76596928</v>
+        <v>72897679</v>
       </c>
       <c r="D316" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E316" s="3"/>
       <c r="F316" s="3"/>
       <c r="G316" s="3"/>
       <c r="H316" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="3">
         <v>315</v>
       </c>
       <c r="B317" s="3" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C317" s="3">
-        <v>76020728</v>
+        <v>31009911</v>
       </c>
       <c r="D317" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E317" s="3"/>
       <c r="F317" s="3"/>
       <c r="G317" s="3"/>
       <c r="H317" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="3">
         <v>316</v>
       </c>
       <c r="B318" s="3" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C318" s="3">
-        <v>20414955020</v>
+        <v>76045909</v>
       </c>
       <c r="D318" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E318" s="3"/>
       <c r="F318" s="3"/>
       <c r="G318" s="3"/>
       <c r="H318" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="3">
         <v>317</v>
       </c>
       <c r="B319" s="3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C319" s="3">
-        <v>42133140</v>
+        <v>47572700</v>
       </c>
       <c r="D319" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E319" s="3"/>
       <c r="F319" s="3"/>
       <c r="G319" s="3"/>
       <c r="H319" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="3">
         <v>318</v>
       </c>
       <c r="B320" s="3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C320" s="3">
-        <v>43462212</v>
+        <v>74615677</v>
       </c>
       <c r="D320" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E320" s="3"/>
       <c r="F320" s="3"/>
       <c r="G320" s="3"/>
       <c r="H320" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="3">
         <v>319</v>
       </c>
       <c r="B321" s="3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="C321" s="3">
-        <v>71453611</v>
+        <v>44341404</v>
       </c>
       <c r="D321" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E321" s="3"/>
       <c r="F321" s="3"/>
       <c r="G321" s="3"/>
       <c r="H321" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="3">
         <v>320</v>
       </c>
       <c r="B322" s="3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C322" s="3">
-        <v>10469938714</v>
+        <v>31020629</v>
       </c>
       <c r="D322" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E322" s="3"/>
       <c r="F322" s="3"/>
       <c r="G322" s="3"/>
       <c r="H322" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="3">
         <v>321</v>
       </c>
       <c r="B323" s="3" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C323" s="3">
-        <v>70790425</v>
+        <v>20509797847</v>
       </c>
       <c r="D323" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E323" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E323" s="3" t="s">
+        <v>378</v>
+      </c>
       <c r="F323" s="3"/>
       <c r="G323" s="3"/>
       <c r="H323" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="3">
         <v>322</v>
       </c>
       <c r="B324" s="3" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C324" s="3">
-        <v>72897715</v>
+        <v>10471871660</v>
       </c>
       <c r="D324" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E324" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E324" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F324" s="3"/>
       <c r="G324" s="3"/>
       <c r="H324" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="3">
         <v>323</v>
       </c>
       <c r="B325" s="3" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="C325" s="3">
-        <v>31039110</v>
+        <v>10420768945</v>
       </c>
       <c r="D325" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E325" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E325" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F325" s="3"/>
       <c r="G325" s="3"/>
       <c r="H325" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="3">
         <v>324</v>
       </c>
       <c r="B326" s="3" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="C326" s="3">
-        <v>44230627</v>
+        <v>10345334</v>
       </c>
       <c r="D326" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E326" s="3"/>
       <c r="F326" s="3"/>
       <c r="G326" s="3"/>
       <c r="H326" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="3">
         <v>325</v>
       </c>
       <c r="B327" s="3" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="C327" s="3">
-        <v>47911929</v>
+        <v>31037845</v>
       </c>
       <c r="D327" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E327" s="3"/>
       <c r="F327" s="3"/>
       <c r="G327" s="3"/>
       <c r="H327" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="3">
         <v>326</v>
       </c>
       <c r="B328" s="3" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C328" s="3">
-        <v>41018591</v>
+        <v>74276982</v>
       </c>
       <c r="D328" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E328" s="3"/>
       <c r="F328" s="3"/>
       <c r="G328" s="3"/>
       <c r="H328" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="3">
         <v>327</v>
       </c>
       <c r="B329" s="3" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="C329" s="3">
-        <v>42645200</v>
+        <v>61687117</v>
       </c>
       <c r="D329" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E329" s="3"/>
       <c r="F329" s="3"/>
       <c r="G329" s="3"/>
       <c r="H329" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="3">
         <v>328</v>
       </c>
       <c r="B330" s="3" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C330" s="3">
-        <v>31040626</v>
+        <v>20526938535</v>
       </c>
       <c r="D330" s="3" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="E330" s="3" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F330" s="3"/>
       <c r="G330" s="3"/>
       <c r="H330" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="3">
         <v>329</v>
       </c>
       <c r="B331" s="3" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="C331" s="3">
-        <v>43561068</v>
+        <v>31348864</v>
       </c>
       <c r="D331" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E331" s="3"/>
       <c r="F331" s="3"/>
       <c r="G331" s="3"/>
       <c r="H331" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="3">
         <v>330</v>
       </c>
       <c r="B332" s="3" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="C332" s="3">
-        <v>44619530</v>
+        <v>76596928</v>
       </c>
       <c r="D332" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E332" s="3"/>
       <c r="F332" s="3"/>
       <c r="G332" s="3"/>
       <c r="H332" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="3">
         <v>331</v>
       </c>
       <c r="B333" s="3" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="C333" s="3">
-        <v>31012361</v>
+        <v>76020728</v>
       </c>
       <c r="D333" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E333" s="3"/>
       <c r="F333" s="3"/>
       <c r="G333" s="3"/>
       <c r="H333" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="3">
         <v>332</v>
       </c>
       <c r="B334" s="3" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="C334" s="3">
-        <v>71801747</v>
+        <v>20414955020</v>
       </c>
       <c r="D334" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E334" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E334" s="3" t="s">
+        <v>391</v>
+      </c>
       <c r="F334" s="3"/>
       <c r="G334" s="3"/>
       <c r="H334" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="3">
         <v>333</v>
       </c>
       <c r="B335" s="3" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C335" s="3">
-        <v>74504719</v>
+        <v>42133140</v>
       </c>
       <c r="D335" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E335" s="3"/>
       <c r="F335" s="3"/>
       <c r="G335" s="3"/>
       <c r="H335" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="3">
         <v>334</v>
       </c>
       <c r="B336" s="3" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="C336" s="3">
-        <v>74751041</v>
+        <v>43462212</v>
       </c>
       <c r="D336" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E336" s="3"/>
       <c r="F336" s="3"/>
       <c r="G336" s="3"/>
       <c r="H336" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="3">
         <v>335</v>
       </c>
       <c r="B337" s="3" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="C337" s="3">
-        <v>45908118</v>
+        <v>71453611</v>
       </c>
       <c r="D337" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E337" s="3"/>
       <c r="F337" s="3"/>
       <c r="G337" s="3"/>
       <c r="H337" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="3">
         <v>336</v>
       </c>
       <c r="B338" s="3" t="s">
-        <v>392</v>
-[...2 lines deleted...]
-        <v>393</v>
+        <v>395</v>
+      </c>
+      <c r="C338" s="3">
+        <v>10469938714</v>
       </c>
       <c r="D338" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E338" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E338" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F338" s="3"/>
       <c r="G338" s="3"/>
       <c r="H338" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="3">
         <v>337</v>
       </c>
       <c r="B339" s="3" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="C339" s="3">
-        <v>71459951</v>
+        <v>70790425</v>
       </c>
       <c r="D339" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E339" s="3"/>
       <c r="F339" s="3"/>
       <c r="G339" s="3"/>
       <c r="H339" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="3">
         <v>338</v>
       </c>
       <c r="B340" s="3" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C340" s="3">
-        <v>71962857</v>
+        <v>72897715</v>
       </c>
       <c r="D340" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E340" s="3"/>
       <c r="F340" s="3"/>
       <c r="G340" s="3"/>
       <c r="H340" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="3">
         <v>339</v>
       </c>
       <c r="B341" s="3" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="C341" s="3">
-        <v>41248813</v>
+        <v>31039110</v>
       </c>
       <c r="D341" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E341" s="3"/>
       <c r="F341" s="3"/>
       <c r="G341" s="3"/>
       <c r="H341" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="3">
         <v>340</v>
       </c>
       <c r="B342" s="3" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C342" s="3">
-        <v>71611144</v>
+        <v>44230627</v>
       </c>
       <c r="D342" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E342" s="3"/>
       <c r="F342" s="3"/>
       <c r="G342" s="3"/>
       <c r="H342" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="3">
         <v>341</v>
       </c>
       <c r="B343" s="3" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="C343" s="3">
-        <v>48090094</v>
+        <v>47911929</v>
       </c>
       <c r="D343" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E343" s="3"/>
       <c r="F343" s="3"/>
       <c r="G343" s="3"/>
       <c r="H343" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="3">
         <v>342</v>
       </c>
       <c r="B344" s="3" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="C344" s="3">
-        <v>47619706</v>
+        <v>41018591</v>
       </c>
       <c r="D344" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E344" s="3"/>
       <c r="F344" s="3"/>
       <c r="G344" s="3"/>
       <c r="H344" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="3">
         <v>343</v>
       </c>
       <c r="B345" s="3" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="C345" s="3">
-        <v>76090336</v>
+        <v>42645200</v>
       </c>
       <c r="D345" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E345" s="3"/>
       <c r="F345" s="3"/>
       <c r="G345" s="3"/>
       <c r="H345" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="3">
         <v>344</v>
       </c>
       <c r="B346" s="3" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="C346" s="3">
-        <v>76186689</v>
+        <v>31040626</v>
       </c>
       <c r="D346" s="3" t="s">
         <v>10</v>
       </c>
-      <c r="E346" s="3"/>
+      <c r="E346" s="3" t="s">
+        <v>404</v>
+      </c>
       <c r="F346" s="3"/>
       <c r="G346" s="3"/>
       <c r="H346" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="3">
         <v>345</v>
       </c>
       <c r="B347" s="3" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="C347" s="3">
-        <v>20613422456</v>
+        <v>43561068</v>
       </c>
       <c r="D347" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E347" s="3"/>
       <c r="F347" s="3"/>
       <c r="G347" s="3"/>
       <c r="H347" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="3">
         <v>346</v>
       </c>
       <c r="B348" s="3" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C348" s="3">
-        <v>10404084424</v>
+        <v>44619530</v>
       </c>
       <c r="D348" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E348" s="3"/>
       <c r="F348" s="3"/>
       <c r="G348" s="3"/>
       <c r="H348" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="3">
         <v>347</v>
       </c>
       <c r="B349" s="3" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="C349" s="3">
-        <v>31016392</v>
+        <v>31012361</v>
       </c>
       <c r="D349" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E349" s="3"/>
       <c r="F349" s="3"/>
       <c r="G349" s="3"/>
       <c r="H349" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="3">
         <v>348</v>
       </c>
       <c r="B350" s="3" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="C350" s="3">
-        <v>31521512</v>
+        <v>71801747</v>
       </c>
       <c r="D350" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E350" s="3"/>
       <c r="F350" s="3"/>
       <c r="G350" s="3"/>
       <c r="H350" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="3">
         <v>349</v>
       </c>
       <c r="B351" s="3" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="C351" s="3">
-        <v>44406660</v>
+        <v>74504719</v>
       </c>
       <c r="D351" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E351" s="3"/>
       <c r="F351" s="3"/>
       <c r="G351" s="3"/>
       <c r="H351" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="3">
         <v>350</v>
       </c>
       <c r="B352" s="3" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="C352" s="3">
-        <v>47758009</v>
+        <v>74751041</v>
       </c>
       <c r="D352" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E352" s="3"/>
       <c r="F352" s="3"/>
       <c r="G352" s="3"/>
       <c r="H352" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="3">
         <v>351</v>
       </c>
       <c r="B353" s="3" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C353" s="3">
-        <v>42171947</v>
+        <v>45908118</v>
       </c>
       <c r="D353" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E353" s="3"/>
       <c r="F353" s="3"/>
       <c r="G353" s="3"/>
       <c r="H353" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="3">
         <v>352</v>
       </c>
       <c r="B354" s="3" t="s">
-        <v>410</v>
-[...2 lines deleted...]
-        <v>77204923</v>
+        <v>412</v>
+      </c>
+      <c r="C354" s="3" t="s">
+        <v>413</v>
       </c>
       <c r="D354" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E354" s="3"/>
       <c r="F354" s="3"/>
       <c r="G354" s="3"/>
       <c r="H354" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="3">
         <v>353</v>
       </c>
       <c r="B355" s="3" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="C355" s="3">
-        <v>20490443640</v>
+        <v>71459951</v>
       </c>
       <c r="D355" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E355" s="3"/>
       <c r="F355" s="3"/>
       <c r="G355" s="3"/>
       <c r="H355" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="3">
         <v>354</v>
       </c>
       <c r="B356" s="3" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="C356" s="3">
-        <v>20485584880</v>
+        <v>71962857</v>
       </c>
       <c r="D356" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E356" s="3"/>
       <c r="F356" s="3"/>
       <c r="G356" s="3"/>
       <c r="H356" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="3">
         <v>355</v>
       </c>
       <c r="B357" s="3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C357" s="3">
-        <v>20562836927</v>
+        <v>41248813</v>
       </c>
       <c r="D357" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E357" s="3"/>
       <c r="F357" s="3"/>
       <c r="G357" s="3"/>
       <c r="H357" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="3">
         <v>356</v>
       </c>
       <c r="B358" s="3" t="s">
         <v>417</v>
       </c>
       <c r="C358" s="3">
-        <v>47141171</v>
+        <v>71611144</v>
       </c>
       <c r="D358" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E358" s="3"/>
       <c r="F358" s="3"/>
       <c r="G358" s="3"/>
       <c r="H358" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="3">
         <v>357</v>
       </c>
       <c r="B359" s="3" t="s">
         <v>418</v>
       </c>
       <c r="C359" s="3">
-        <v>71332630</v>
+        <v>48090094</v>
       </c>
       <c r="D359" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E359" s="3"/>
       <c r="F359" s="3"/>
       <c r="G359" s="3"/>
       <c r="H359" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="3">
         <v>358</v>
       </c>
       <c r="B360" s="3" t="s">
         <v>419</v>
       </c>
       <c r="C360" s="3">
-        <v>47765576</v>
+        <v>47619706</v>
       </c>
       <c r="D360" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E360" s="3"/>
       <c r="F360" s="3"/>
       <c r="G360" s="3"/>
       <c r="H360" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="3">
         <v>359</v>
       </c>
       <c r="B361" s="3" t="s">
         <v>420</v>
       </c>
       <c r="C361" s="3">
-        <v>48905585</v>
+        <v>76090336</v>
       </c>
       <c r="D361" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E361" s="3"/>
       <c r="F361" s="3"/>
       <c r="G361" s="3"/>
       <c r="H361" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="3">
         <v>360</v>
       </c>
       <c r="B362" s="3" t="s">
         <v>421</v>
       </c>
       <c r="C362" s="3">
-        <v>77210826</v>
+        <v>76186689</v>
       </c>
       <c r="D362" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E362" s="3"/>
       <c r="F362" s="3"/>
       <c r="G362" s="3"/>
       <c r="H362" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="3">
         <v>361</v>
       </c>
       <c r="B363" s="3" t="s">
         <v>422</v>
       </c>
       <c r="C363" s="3">
-        <v>46605021</v>
+        <v>20613422456</v>
       </c>
       <c r="D363" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E363" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E363" s="3" t="s">
+        <v>423</v>
+      </c>
       <c r="F363" s="3"/>
       <c r="G363" s="3"/>
       <c r="H363" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="3">
         <v>362</v>
       </c>
       <c r="B364" s="3" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C364" s="3">
-        <v>20606528974</v>
+        <v>10404084424</v>
       </c>
       <c r="D364" s="3" t="s">
         <v>12</v>
       </c>
       <c r="E364" s="3" t="s">
-        <v>424</v>
+        <v>37</v>
       </c>
       <c r="F364" s="3"/>
       <c r="G364" s="3"/>
       <c r="H364" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="3">
         <v>363</v>
       </c>
       <c r="B365" s="3" t="s">
         <v>425</v>
       </c>
       <c r="C365" s="3">
-        <v>20603225750</v>
+        <v>31016392</v>
       </c>
       <c r="D365" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E365" s="3"/>
       <c r="F365" s="3"/>
       <c r="G365" s="3"/>
       <c r="H365" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="3">
         <v>364</v>
       </c>
       <c r="B366" s="3" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="C366" s="3">
-        <v>44924253</v>
+        <v>31521512</v>
       </c>
       <c r="D366" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E366" s="3"/>
       <c r="F366" s="3"/>
       <c r="G366" s="3"/>
       <c r="H366" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="3">
         <v>365</v>
       </c>
       <c r="B367" s="3" t="s">
-        <v>428</v>
+        <v>427</v>
       </c>
       <c r="C367" s="3">
-        <v>71742933</v>
+        <v>44406660</v>
       </c>
       <c r="D367" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E367" s="3"/>
       <c r="F367" s="3"/>
       <c r="G367" s="3"/>
       <c r="H367" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="3">
         <v>366</v>
       </c>
       <c r="B368" s="3" t="s">
-        <v>429</v>
+        <v>428</v>
       </c>
       <c r="C368" s="3">
-        <v>41955605</v>
+        <v>47758009</v>
       </c>
       <c r="D368" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E368" s="3"/>
       <c r="F368" s="3"/>
       <c r="G368" s="3"/>
       <c r="H368" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="3">
         <v>367</v>
       </c>
       <c r="B369" s="3" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C369" s="3">
-        <v>31040769</v>
+        <v>42171947</v>
       </c>
       <c r="D369" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E369" s="3"/>
       <c r="F369" s="3"/>
       <c r="G369" s="3"/>
       <c r="H369" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="3">
         <v>368</v>
       </c>
       <c r="B370" s="3" t="s">
-        <v>431</v>
+        <v>430</v>
       </c>
       <c r="C370" s="3">
-        <v>45459744</v>
+        <v>77204923</v>
       </c>
       <c r="D370" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E370" s="3"/>
       <c r="F370" s="3"/>
       <c r="G370" s="3"/>
       <c r="H370" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="3">
         <v>369</v>
       </c>
       <c r="B371" s="3" t="s">
+        <v>431</v>
+      </c>
+      <c r="C371" s="3">
+        <v>20490443640</v>
+      </c>
+      <c r="D371" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E371" s="3" t="s">
         <v>432</v>
       </c>
-      <c r="C371" s="3">
-[...5 lines deleted...]
-      <c r="E371" s="3"/>
       <c r="F371" s="3"/>
       <c r="G371" s="3"/>
       <c r="H371" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="3">
         <v>370</v>
       </c>
       <c r="B372" s="3" t="s">
         <v>433</v>
       </c>
       <c r="C372" s="3">
-        <v>70156218</v>
+        <v>20485584880</v>
       </c>
       <c r="D372" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E372" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E372" s="3" t="s">
+        <v>434</v>
+      </c>
       <c r="F372" s="3"/>
       <c r="G372" s="3"/>
       <c r="H372" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="3">
         <v>371</v>
       </c>
       <c r="B373" s="3" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C373" s="3">
-        <v>42146613</v>
+        <v>20562836927</v>
       </c>
       <c r="D373" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E373" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E373" s="3" t="s">
+        <v>436</v>
+      </c>
       <c r="F373" s="3"/>
       <c r="G373" s="3"/>
       <c r="H373" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="3">
         <v>372</v>
       </c>
       <c r="B374" s="3" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>436</v>
+        <v>437</v>
+      </c>
+      <c r="C374" s="3">
+        <v>71818854</v>
       </c>
       <c r="D374" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E374" s="3"/>
       <c r="F374" s="3"/>
       <c r="G374" s="3"/>
       <c r="H374" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="3">
         <v>373</v>
       </c>
       <c r="B375" s="3" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C375" s="3">
-        <v>31043703</v>
+        <v>47141171</v>
       </c>
       <c r="D375" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E375" s="3"/>
       <c r="F375" s="3"/>
       <c r="G375" s="3"/>
       <c r="H375" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="3">
         <v>374</v>
       </c>
       <c r="B376" s="3" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C376" s="3">
-        <v>10239915073</v>
+        <v>71332630</v>
       </c>
       <c r="D376" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E376" s="3"/>
       <c r="F376" s="3"/>
       <c r="G376" s="3"/>
       <c r="H376" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="3">
         <v>375</v>
       </c>
       <c r="B377" s="3" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C377" s="3">
-        <v>20501057682</v>
+        <v>47765576</v>
       </c>
       <c r="D377" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E377" s="3"/>
       <c r="F377" s="3"/>
       <c r="G377" s="3"/>
       <c r="H377" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="3">
         <v>376</v>
       </c>
       <c r="B378" s="3" t="s">
         <v>441</v>
       </c>
       <c r="C378" s="3">
-        <v>20443327798</v>
+        <v>48905585</v>
       </c>
       <c r="D378" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E378" s="3"/>
       <c r="F378" s="3"/>
       <c r="G378" s="3"/>
       <c r="H378" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="3">
         <v>377</v>
       </c>
       <c r="B379" s="3" t="s">
-        <v>443</v>
+        <v>442</v>
       </c>
       <c r="C379" s="3">
-        <v>20172474501</v>
+        <v>77210826</v>
       </c>
       <c r="D379" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E379" s="3"/>
       <c r="F379" s="3"/>
       <c r="G379" s="3"/>
       <c r="H379" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="3">
         <v>378</v>
       </c>
       <c r="B380" s="3" t="s">
-        <v>445</v>
+        <v>443</v>
       </c>
       <c r="C380" s="3">
-        <v>31361277</v>
+        <v>46605021</v>
       </c>
       <c r="D380" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E380" s="3"/>
       <c r="F380" s="3"/>
       <c r="G380" s="3"/>
       <c r="H380" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="3">
         <v>379</v>
       </c>
       <c r="B381" s="3" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="C381" s="3">
-        <v>80034975</v>
+        <v>20606528974</v>
       </c>
       <c r="D381" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E381" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E381" s="3" t="s">
+        <v>445</v>
+      </c>
       <c r="F381" s="3"/>
       <c r="G381" s="3"/>
       <c r="H381" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="3">
         <v>380</v>
       </c>
       <c r="B382" s="3" t="s">
+        <v>446</v>
+      </c>
+      <c r="C382" s="3">
+        <v>20603225750</v>
+      </c>
+      <c r="D382" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E382" s="3" t="s">
         <v>447</v>
       </c>
-      <c r="C382" s="3">
-[...5 lines deleted...]
-      <c r="E382" s="3"/>
       <c r="F382" s="3"/>
       <c r="G382" s="3"/>
       <c r="H382" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="3">
         <v>381</v>
       </c>
       <c r="B383" s="3" t="s">
         <v>448</v>
       </c>
       <c r="C383" s="3">
-        <v>46457984</v>
+        <v>44924253</v>
       </c>
       <c r="D383" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E383" s="3"/>
       <c r="F383" s="3"/>
       <c r="G383" s="3"/>
       <c r="H383" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="3">
         <v>382</v>
       </c>
       <c r="B384" s="3" t="s">
         <v>449</v>
       </c>
       <c r="C384" s="3">
-        <v>43910292</v>
+        <v>71742933</v>
       </c>
       <c r="D384" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E384" s="3"/>
       <c r="F384" s="3"/>
       <c r="G384" s="3"/>
       <c r="H384" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="3">
         <v>383</v>
       </c>
       <c r="B385" s="3" t="s">
         <v>450</v>
       </c>
       <c r="C385" s="3">
-        <v>10459457319</v>
+        <v>41955605</v>
       </c>
       <c r="D385" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E385" s="3"/>
       <c r="F385" s="3"/>
       <c r="G385" s="3"/>
       <c r="H385" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="3">
         <v>384</v>
       </c>
       <c r="B386" s="3" t="s">
         <v>451</v>
       </c>
       <c r="C386" s="3">
-        <v>31008738</v>
+        <v>31040769</v>
       </c>
       <c r="D386" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E386" s="3"/>
       <c r="F386" s="3"/>
       <c r="G386" s="3"/>
       <c r="H386" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="3">
         <v>385</v>
       </c>
       <c r="B387" s="3" t="s">
         <v>452</v>
       </c>
       <c r="C387" s="3">
-        <v>31011070</v>
+        <v>45459744</v>
       </c>
       <c r="D387" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E387" s="3"/>
       <c r="F387" s="3"/>
       <c r="G387" s="3"/>
       <c r="H387" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="3">
         <v>386</v>
       </c>
       <c r="B388" s="3" t="s">
         <v>453</v>
       </c>
       <c r="C388" s="3">
-        <v>72675670</v>
+        <v>31044530</v>
       </c>
       <c r="D388" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E388" s="3"/>
       <c r="F388" s="3"/>
       <c r="G388" s="3"/>
       <c r="H388" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="3">
         <v>387</v>
       </c>
       <c r="B389" s="3" t="s">
         <v>454</v>
       </c>
       <c r="C389" s="3">
-        <v>22082980</v>
+        <v>70156218</v>
       </c>
       <c r="D389" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E389" s="3"/>
       <c r="F389" s="3"/>
       <c r="G389" s="3"/>
       <c r="H389" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="3">
         <v>388</v>
       </c>
       <c r="B390" s="3" t="s">
         <v>455</v>
       </c>
       <c r="C390" s="3">
-        <v>41492844</v>
+        <v>42146613</v>
       </c>
       <c r="D390" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E390" s="3"/>
       <c r="F390" s="3"/>
       <c r="G390" s="3"/>
       <c r="H390" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="3">
         <v>389</v>
       </c>
       <c r="B391" s="3" t="s">
         <v>456</v>
       </c>
-      <c r="C391" s="3">
-        <v>44721052</v>
+      <c r="C391" s="3" t="s">
+        <v>457</v>
       </c>
       <c r="D391" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E391" s="3"/>
       <c r="F391" s="3"/>
       <c r="G391" s="3"/>
       <c r="H391" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="3">
         <v>390</v>
       </c>
       <c r="B392" s="3" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C392" s="3">
-        <v>31032450</v>
+        <v>31043703</v>
       </c>
       <c r="D392" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E392" s="3"/>
       <c r="F392" s="3"/>
       <c r="G392" s="3"/>
       <c r="H392" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="3">
         <v>391</v>
       </c>
       <c r="B393" s="3" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C393" s="3">
-        <v>40993753</v>
+        <v>10239915073</v>
       </c>
       <c r="D393" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E393" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E393" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F393" s="3"/>
       <c r="G393" s="3"/>
       <c r="H393" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="3">
         <v>392</v>
       </c>
       <c r="B394" s="3" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C394" s="3">
-        <v>40000574</v>
+        <v>20501057682</v>
       </c>
       <c r="D394" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E394" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E394" s="3" t="s">
+        <v>461</v>
+      </c>
       <c r="F394" s="3"/>
       <c r="G394" s="3"/>
       <c r="H394" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="3">
         <v>393</v>
       </c>
       <c r="B395" s="3" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="C395" s="3">
-        <v>70772162</v>
+        <v>20443327798</v>
       </c>
       <c r="D395" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E395" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E395" s="3" t="s">
+        <v>463</v>
+      </c>
       <c r="F395" s="3"/>
       <c r="G395" s="3"/>
       <c r="H395" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="3">
         <v>394</v>
       </c>
       <c r="B396" s="3" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="C396" s="3">
-        <v>76942002</v>
+        <v>20172474501</v>
       </c>
       <c r="D396" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E396" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E396" s="3" t="s">
+        <v>465</v>
+      </c>
       <c r="F396" s="3"/>
       <c r="G396" s="3"/>
       <c r="H396" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="3">
         <v>395</v>
       </c>
       <c r="B397" s="3" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="C397" s="3">
-        <v>31022370</v>
+        <v>31361277</v>
       </c>
       <c r="D397" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E397" s="3"/>
       <c r="F397" s="3"/>
       <c r="G397" s="3"/>
       <c r="H397" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="3">
         <v>396</v>
       </c>
       <c r="B398" s="3" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C398" s="3">
-        <v>10100529161</v>
+        <v>80034975</v>
       </c>
       <c r="D398" s="3" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      </c>
+        <v>10</v>
+      </c>
+      <c r="E398" s="3"/>
       <c r="F398" s="3"/>
       <c r="G398" s="3"/>
       <c r="H398" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="3">
         <v>397</v>
       </c>
       <c r="B399" s="3" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="C399" s="3">
-        <v>47275267</v>
+        <v>71846902</v>
       </c>
       <c r="D399" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E399" s="3"/>
       <c r="F399" s="3"/>
       <c r="G399" s="3"/>
       <c r="H399" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="3">
         <v>398</v>
       </c>
       <c r="B400" s="3" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C400" s="3">
-        <v>43098000</v>
+        <v>46457984</v>
       </c>
       <c r="D400" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E400" s="3"/>
       <c r="F400" s="3"/>
       <c r="G400" s="3"/>
       <c r="H400" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="3">
         <v>399</v>
       </c>
       <c r="B401" s="3" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="C401" s="3">
-        <v>45894504</v>
+        <v>43910292</v>
       </c>
       <c r="D401" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E401" s="3"/>
       <c r="F401" s="3"/>
       <c r="G401" s="3"/>
       <c r="H401" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="3">
         <v>400</v>
       </c>
       <c r="B402" s="3" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C402" s="3">
-        <v>25867211</v>
+        <v>10459457319</v>
       </c>
       <c r="D402" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E402" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E402" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F402" s="3"/>
       <c r="G402" s="3"/>
       <c r="H402" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="3">
         <v>401</v>
       </c>
       <c r="B403" s="3" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="C403" s="3">
-        <v>42849415</v>
+        <v>31008738</v>
       </c>
       <c r="D403" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E403" s="3"/>
       <c r="F403" s="3"/>
       <c r="G403" s="3"/>
       <c r="H403" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="3">
         <v>402</v>
       </c>
       <c r="B404" s="3" t="s">
-        <v>469</v>
+        <v>473</v>
       </c>
       <c r="C404" s="3">
-        <v>47070577</v>
+        <v>31011070</v>
       </c>
       <c r="D404" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E404" s="3"/>
       <c r="F404" s="3"/>
       <c r="G404" s="3"/>
       <c r="H404" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="3">
         <v>403</v>
       </c>
       <c r="B405" s="3" t="s">
-        <v>470</v>
+        <v>474</v>
       </c>
       <c r="C405" s="3">
-        <v>47092775</v>
+        <v>72675670</v>
       </c>
       <c r="D405" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E405" s="3"/>
       <c r="F405" s="3"/>
       <c r="G405" s="3"/>
       <c r="H405" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="3">
         <v>404</v>
       </c>
       <c r="B406" s="3" t="s">
-        <v>471</v>
+        <v>475</v>
       </c>
       <c r="C406" s="3">
-        <v>43574405</v>
+        <v>22082980</v>
       </c>
       <c r="D406" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E406" s="3"/>
       <c r="F406" s="3"/>
       <c r="G406" s="3"/>
       <c r="H406" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="3">
         <v>405</v>
       </c>
       <c r="B407" s="3" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="C407" s="3">
-        <v>40871592</v>
+        <v>41492844</v>
       </c>
       <c r="D407" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E407" s="3"/>
       <c r="F407" s="3"/>
       <c r="G407" s="3"/>
       <c r="H407" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="3">
         <v>406</v>
       </c>
       <c r="B408" s="3" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="C408" s="3">
-        <v>72773939</v>
+        <v>44721052</v>
       </c>
       <c r="D408" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E408" s="3"/>
       <c r="F408" s="3"/>
       <c r="G408" s="3"/>
       <c r="H408" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="3">
         <v>407</v>
       </c>
       <c r="B409" s="3" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="C409" s="3">
-        <v>70753219</v>
+        <v>31032450</v>
       </c>
       <c r="D409" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E409" s="3"/>
       <c r="F409" s="3"/>
       <c r="G409" s="3"/>
       <c r="H409" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="3">
         <v>408</v>
       </c>
       <c r="B410" s="3" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="C410" s="3">
-        <v>47342882</v>
+        <v>40993753</v>
       </c>
       <c r="D410" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E410" s="3"/>
       <c r="F410" s="3"/>
       <c r="G410" s="3"/>
       <c r="H410" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="3">
         <v>409</v>
       </c>
       <c r="B411" s="3" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C411" s="3">
-        <v>71387159</v>
+        <v>40000574</v>
       </c>
       <c r="D411" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E411" s="3"/>
       <c r="F411" s="3"/>
       <c r="G411" s="3"/>
       <c r="H411" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="3">
         <v>410</v>
       </c>
       <c r="B412" s="3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="C412" s="3">
-        <v>71398907</v>
+        <v>70772162</v>
       </c>
       <c r="D412" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E412" s="3"/>
       <c r="F412" s="3"/>
       <c r="G412" s="3"/>
       <c r="H412" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="3">
         <v>411</v>
       </c>
       <c r="B413" s="3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="C413" s="3">
-        <v>71948856</v>
+        <v>76942002</v>
       </c>
       <c r="D413" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E413" s="3"/>
       <c r="F413" s="3"/>
       <c r="G413" s="3"/>
       <c r="H413" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="3">
         <v>412</v>
       </c>
       <c r="B414" s="3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C414" s="3">
-        <v>76784912</v>
+        <v>31022370</v>
       </c>
       <c r="D414" s="3" t="s">
         <v>10</v>
       </c>
       <c r="E414" s="3"/>
       <c r="F414" s="3"/>
       <c r="G414" s="3"/>
       <c r="H414" s="3">
         <v>0</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="3">
         <v>413</v>
       </c>
       <c r="B415" s="3" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C415" s="3">
-        <v>47755794</v>
+        <v>10100529161</v>
       </c>
       <c r="D415" s="3" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="E415" s="3"/>
+        <v>12</v>
+      </c>
+      <c r="E415" s="3" t="s">
+        <v>37</v>
+      </c>
       <c r="F415" s="3"/>
       <c r="G415" s="3"/>
       <c r="H415" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="3">
+        <v>414</v>
+      </c>
+      <c r="B416" s="3" t="s">
+        <v>485</v>
+      </c>
+      <c r="C416" s="3">
+        <v>47275267</v>
+      </c>
+      <c r="D416" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E416" s="3"/>
+      <c r="F416" s="3"/>
+      <c r="G416" s="3"/>
+      <c r="H416" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="3">
+        <v>415</v>
+      </c>
+      <c r="B417" s="3" t="s">
+        <v>486</v>
+      </c>
+      <c r="C417" s="3">
+        <v>43098000</v>
+      </c>
+      <c r="D417" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E417" s="3"/>
+      <c r="F417" s="3"/>
+      <c r="G417" s="3"/>
+      <c r="H417" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="3">
+        <v>416</v>
+      </c>
+      <c r="B418" s="3" t="s">
+        <v>487</v>
+      </c>
+      <c r="C418" s="3">
+        <v>45894504</v>
+      </c>
+      <c r="D418" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E418" s="3"/>
+      <c r="F418" s="3"/>
+      <c r="G418" s="3"/>
+      <c r="H418" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="3">
+        <v>417</v>
+      </c>
+      <c r="B419" s="3" t="s">
+        <v>488</v>
+      </c>
+      <c r="C419" s="3">
+        <v>31551756</v>
+      </c>
+      <c r="D419" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E419" s="3"/>
+      <c r="F419" s="3"/>
+      <c r="G419" s="3"/>
+      <c r="H419" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="3">
+        <v>418</v>
+      </c>
+      <c r="B420" s="3" t="s">
+        <v>489</v>
+      </c>
+      <c r="C420" s="3">
+        <v>25867211</v>
+      </c>
+      <c r="D420" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E420" s="3"/>
+      <c r="F420" s="3"/>
+      <c r="G420" s="3"/>
+      <c r="H420" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="3">
+        <v>419</v>
+      </c>
+      <c r="B421" s="3" t="s">
+        <v>490</v>
+      </c>
+      <c r="C421" s="3">
+        <v>42849415</v>
+      </c>
+      <c r="D421" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E421" s="3"/>
+      <c r="F421" s="3"/>
+      <c r="G421" s="3"/>
+      <c r="H421" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" s="3">
+        <v>420</v>
+      </c>
+      <c r="B422" s="3" t="s">
+        <v>491</v>
+      </c>
+      <c r="C422" s="3">
+        <v>47070577</v>
+      </c>
+      <c r="D422" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E422" s="3"/>
+      <c r="F422" s="3"/>
+      <c r="G422" s="3"/>
+      <c r="H422" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" s="3">
+        <v>421</v>
+      </c>
+      <c r="B423" s="3" t="s">
+        <v>492</v>
+      </c>
+      <c r="C423" s="3">
+        <v>47092775</v>
+      </c>
+      <c r="D423" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E423" s="3"/>
+      <c r="F423" s="3"/>
+      <c r="G423" s="3"/>
+      <c r="H423" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="3">
+        <v>422</v>
+      </c>
+      <c r="B424" s="3" t="s">
+        <v>493</v>
+      </c>
+      <c r="C424" s="3">
+        <v>43574405</v>
+      </c>
+      <c r="D424" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E424" s="3"/>
+      <c r="F424" s="3"/>
+      <c r="G424" s="3"/>
+      <c r="H424" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" s="3">
+        <v>423</v>
+      </c>
+      <c r="B425" s="3" t="s">
+        <v>494</v>
+      </c>
+      <c r="C425" s="3">
+        <v>40871592</v>
+      </c>
+      <c r="D425" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E425" s="3"/>
+      <c r="F425" s="3"/>
+      <c r="G425" s="3"/>
+      <c r="H425" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" s="3">
+        <v>424</v>
+      </c>
+      <c r="B426" s="3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C426" s="3">
+        <v>72773939</v>
+      </c>
+      <c r="D426" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E426" s="3"/>
+      <c r="F426" s="3"/>
+      <c r="G426" s="3"/>
+      <c r="H426" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" s="3">
+        <v>425</v>
+      </c>
+      <c r="B427" s="3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C427" s="3">
+        <v>70753219</v>
+      </c>
+      <c r="D427" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E427" s="3"/>
+      <c r="F427" s="3"/>
+      <c r="G427" s="3"/>
+      <c r="H427" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" s="3">
+        <v>426</v>
+      </c>
+      <c r="B428" s="3" t="s">
+        <v>497</v>
+      </c>
+      <c r="C428" s="3">
+        <v>47342882</v>
+      </c>
+      <c r="D428" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E428" s="3"/>
+      <c r="F428" s="3"/>
+      <c r="G428" s="3"/>
+      <c r="H428" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" s="3">
+        <v>427</v>
+      </c>
+      <c r="B429" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="C429" s="3">
+        <v>71387159</v>
+      </c>
+      <c r="D429" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E429" s="3"/>
+      <c r="F429" s="3"/>
+      <c r="G429" s="3"/>
+      <c r="H429" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" s="3">
+        <v>428</v>
+      </c>
+      <c r="B430" s="3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C430" s="3">
+        <v>71398907</v>
+      </c>
+      <c r="D430" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E430" s="3"/>
+      <c r="F430" s="3"/>
+      <c r="G430" s="3"/>
+      <c r="H430" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" s="3">
+        <v>429</v>
+      </c>
+      <c r="B431" s="3" t="s">
+        <v>500</v>
+      </c>
+      <c r="C431" s="3">
+        <v>71948856</v>
+      </c>
+      <c r="D431" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E431" s="3"/>
+      <c r="F431" s="3"/>
+      <c r="G431" s="3"/>
+      <c r="H431" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" s="3">
+        <v>430</v>
+      </c>
+      <c r="B432" s="3" t="s">
+        <v>501</v>
+      </c>
+      <c r="C432" s="3">
+        <v>76784912</v>
+      </c>
+      <c r="D432" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E432" s="3"/>
+      <c r="F432" s="3"/>
+      <c r="G432" s="3"/>
+      <c r="H432" s="3">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" s="3">
+        <v>431</v>
+      </c>
+      <c r="B433" s="3" t="s">
+        <v>502</v>
+      </c>
+      <c r="C433" s="3">
+        <v>47755794</v>
+      </c>
+      <c r="D433" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="E433" s="3"/>
+      <c r="F433" s="3"/>
+      <c r="G433" s="3"/>
+      <c r="H433" s="3">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>